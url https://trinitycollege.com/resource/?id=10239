--- v0 (2025-11-15)
+++ v1 (2026-01-16)
@@ -1,53 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7D928D19" w14:textId="77777777" w:rsidR="00956D91" w:rsidRDefault="000572FE" w:rsidP="007A1068">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Music and Drama Access Fund </w:t>
       </w:r>
       <w:r w:rsidR="00824AE4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
@@ -57,102 +61,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="441D6A28" w14:textId="333118D6" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00824AE4" w:rsidP="007A1068">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Example high scoring application </w:t>
-      </w:r>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> throughout your application for more information about how to complete the questions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="402EB0AE" w14:textId="5A3CE00C" w:rsidR="000572FE" w:rsidRPr="007A1068" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A45FDBF" w14:textId="77777777" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C6C0838" w14:textId="63A273EC" w:rsidR="000572FE" w:rsidRPr="002955DB" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
@@ -961,51 +913,50 @@
     <w:p w14:paraId="4E28B5BD" w14:textId="0AD10375" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F7E5348" w14:textId="29B52DB9" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Scotland</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A7D7D1" w14:textId="100F3CF4" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33A20FD1" w14:textId="424E4AC3" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1521,51 +1472,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r w:rsidR="008E243B" w:rsidRPr="00981951">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">sure please take a look at our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="008E243B" w:rsidRPr="00981951">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Public Centres map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008E243B" w:rsidRPr="00981951">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000DD775" w14:textId="17FB9F62" w:rsidR="000572FE" w:rsidRPr="007A1068" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1854,96 +1805,116 @@
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D6035F" w14:textId="7CE3E58B" w:rsidR="000572FE" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DE9F789" w14:textId="77777777" w:rsidR="002955DB" w:rsidRPr="007A1068" w:rsidRDefault="002955DB" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53C4F83C" w14:textId="4CAA5E49" w:rsidR="000572FE" w:rsidRPr="00EF421D" w:rsidRDefault="00EF421D" w:rsidP="00EF421D">
+    <w:p w14:paraId="53C4F83C" w14:textId="43A313E2" w:rsidR="000572FE" w:rsidRPr="00EF421D" w:rsidRDefault="00EF421D" w:rsidP="00EF421D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF421D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Comments</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00824AE4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00824AE4" w:rsidRPr="00956D91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Summer 2023</w:t>
+        <w:t>Summer 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00824AE4" w:rsidRPr="004746C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004746C6" w:rsidRPr="004746C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D052A4B" w14:textId="60A0FD6F" w:rsidR="001E7EBC" w:rsidRDefault="001E7EBC" w:rsidP="001E7EBC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B276C5C" w14:textId="5274C183" w:rsidR="00A41BE5" w:rsidRDefault="00A41BE5" w:rsidP="001E7EBC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3286,67 +3257,76 @@
             </w:r>
             <w:r w:rsidR="00B965B4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Violin</w:t>
             </w:r>
             <w:r w:rsidRPr="00824AE4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>, Classical</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="189F7531" w14:textId="6A95CB4E" w:rsidR="00EC00E0" w:rsidRPr="00824AE4" w:rsidRDefault="00824AE4" w:rsidP="009A5453">
+          <w:p w14:paraId="189F7531" w14:textId="16955E89" w:rsidR="00EC00E0" w:rsidRPr="00824AE4" w:rsidRDefault="00824AE4" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824AE4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>Nov 2024</w:t>
+              <w:t>Nov 202</w:t>
+            </w:r>
+            <w:r w:rsidR="004746C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC00E0" w14:paraId="55B85E9D" w14:textId="385F8AC7" w:rsidTr="00EC00E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15E49BD6" w14:textId="77777777" w:rsidR="00EC00E0" w:rsidRDefault="00EC00E0" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E3B0D9F" w14:textId="77777777" w:rsidR="00EC00E0" w:rsidRDefault="00EC00E0" w:rsidP="009A5453">
             <w:pPr>
@@ -3843,50 +3823,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008454FB" w:rsidRPr="007A1068" w14:paraId="4978EB6E" w14:textId="77777777" w:rsidTr="008454FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A21C08D" w14:textId="17A77EDE" w:rsidR="008454FB" w:rsidRPr="007A1068" w:rsidRDefault="008454FB" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12-17 years old</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BE4A4A8" w14:textId="77777777" w:rsidR="008454FB" w:rsidRPr="007A1068" w:rsidRDefault="008454FB" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D8DAD28" w14:textId="77777777" w:rsidR="008454FB" w:rsidRPr="007A1068" w:rsidRDefault="008454FB" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
@@ -4726,53 +4707,73 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> if your Access Fund application is successful and you come to booking the exam, the information you supply in this application about your candidate/s will not be passed onto our </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000A4B52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>exams</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000A4B52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> operations team or the examiner. For candidates who require any adjustments to their exam, or simply wish to make the examiner aware of a disability or health condition, a special needs provision form must be completed and submitted with their entry along with appropriate supporting evidence (if required). Please see </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:t xml:space="preserve"> operations team or the examiner. For candidates who require any adjustments to their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A4B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>exam, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A4B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> simply wish to make the examiner aware of a disability or health condition, a special needs provision form must be completed and submitted with their entry along with appropriate supporting evidence (if required). Please see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="000A4B52">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
             <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>this webpage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000A4B52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> for more information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FF74C5" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -5054,100 +5055,98 @@
           <w:p w14:paraId="638D4CE5" w14:textId="778E7A50" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00956D91" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956D91">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECBD2A5" w14:textId="75FDB983" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
+          <w:p w14:paraId="3ECBD2A5" w14:textId="6360BB52" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Are in a specific minority group (</w:t>
+              <w:t>Are in a specific minority group (e.g. LGBTQ</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007A1068">
+            <w:r w:rsidR="00F075EC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>e.g.</w:t>
-[...16 lines deleted...]
-              <w:t>A</w:t>
+              <w:t>IA</w:t>
             </w:r>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ME, homeless, traveller, asylum seeker, refugee)</w:t>
+              <w:t xml:space="preserve">+, </w:t>
+            </w:r>
+            <w:r w:rsidR="0061121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Global Majority (previously known as ethnic minority groups)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A1068">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, homeless, traveller, asylum seeker, refugee)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC6030" w:rsidRPr="007A1068" w14:paraId="0A286A6E" w14:textId="77777777" w:rsidTr="00EC6030">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="015ED736" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E72EE30" w14:textId="3D74F46F" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
@@ -5258,1044 +5257,1549 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A35A6CE" w14:textId="003384DA" w:rsidR="00CC3419" w:rsidRDefault="002955DB" w:rsidP="00CC3419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002955DB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Comments:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537C4F26" w14:textId="62F5483C" w:rsidR="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00CC3419">
-[...19 lines deleted...]
-    <w:p w14:paraId="3530BBDC" w14:textId="7902248F" w:rsidR="00C6122A" w:rsidRPr="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
+    <w:p w14:paraId="47F7D298" w14:textId="77777777" w:rsidR="009D3D7B" w:rsidRDefault="009D3D7B" w:rsidP="00CC3419">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65CC7865" w14:textId="3B3B253D" w:rsidR="009D3D7B" w:rsidRPr="007539D6" w:rsidRDefault="00F45FAB" w:rsidP="009D3D7B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk83048542"/>
+      <w:r w:rsidRPr="0092738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Based on the categories above please tell us more about the candidate/s</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Please tell us about your candidate’s</w:t>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve"> and their circumstances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0092738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>particular needs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0092738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and priorities they have. Your answer to this question will be scored. Please refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="0092738E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Access Fund guidance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0092738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE632E1" w14:textId="5EFD883F" w:rsidR="007539D6" w:rsidRPr="007539D6" w:rsidRDefault="007539D6" w:rsidP="007539D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007539D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Sally lives in a very deprived area of London in a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007539D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>low income</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007539D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> family. Her mother has a long-term health condition and is unable to work and her father is earning a low income. She also has two other younger siblings. Sally’s parents are very supportive of her violin playing as they know how much happiness it brings her and can see the talent she has. Sally is</w:t>
+      </w:r>
+      <w:r w:rsidR="00E332CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007539D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autistic</w:t>
+      </w:r>
+      <w:r w:rsidR="00E332CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spectrum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007539D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (with an EHCP in a mainstream school) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F60D57">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>she is part of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007539D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A00F2" w:rsidRPr="007A1068">
-[...234 lines deleted...]
-    <w:p w14:paraId="416AC3DB" w14:textId="02B984C6" w:rsidR="002955DB" w:rsidRDefault="0010060A" w:rsidP="00C6122A">
+      <w:r w:rsidR="00453862">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>the Global Majority.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007539D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00453862">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007539D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>he tells me she is sometimes bullied at school. Due to her autism, she struggles with some social interaction and communication. I adapt my lessons according to her needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537C4F26" w14:textId="62F5483C" w:rsidR="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00CC3419">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="301772D4" w14:textId="0E9CECAF" w:rsidR="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00CC3419">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3530BBDC" w14:textId="37CF1F1E" w:rsidR="00C6122A" w:rsidRPr="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Hlk83049013"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk83048542"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> from</w:t>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please tell us about your candidate’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB31AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/candidates’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-        <w:t>ing</w:t>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> musical/drama journey so far.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB31AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Have they had lessons before?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...39 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Are they new to learning an instrument or drama technique? Have they sat an exam before? </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="008A00F2" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Your answer to this question will be scored.</w:t>
       </w:r>
       <w:r w:rsidR="00EC30C4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please refer to the Access Fund guidance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2227483E" w14:textId="7A47FC89" w:rsidR="00296C2C" w:rsidRDefault="00296C2C" w:rsidP="00296C2C">
-[...242 lines deleted...]
-        <w:t xml:space="preserve"> would feel more confident being filmed</w:t>
+    <w:p w14:paraId="2C4FC348" w14:textId="68613B1A" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00CC3419">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E79941F" w14:textId="7CA1E7E3" w:rsidR="00C6122A" w:rsidRPr="00265647" w:rsidRDefault="00B965B4" w:rsidP="00C6122A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00265647">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have been teaching Sally the violin for </w:t>
       </w:r>
       <w:r w:rsidR="00284A18">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in a familiar space</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="6EA6845E" w14:textId="77777777" w:rsidR="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265647">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> year and she has taken her Grade 1 exam with Trinity, which she passed with distinction.</w:t>
+      </w:r>
+      <w:r w:rsidR="00265647" w:rsidRPr="00265647">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> She is very keen to progress onto Grade 2 Violin.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265647">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> She is a talented young lady and is very dedicated and committed to learning the violin. She plays in</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD251D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an ensemble with other musicians at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265647">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the local church on Sundays. Sally really enjoys playing the violin and it brings lots of joy to her rather difficult home life. She uses a violin provided to her by her </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidR="00265647" w:rsidRPr="00296C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which is not </w:t>
+      </w:r>
+      <w:r w:rsidR="007972EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00265647" w:rsidRPr="00296C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">great quality. Sally’s parents are very supportive of her violin playing as they know how much happiness it brings her and can see the talent she has. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268CBCCB" w14:textId="77777777" w:rsidR="00C6122A" w:rsidRPr="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="333EEDB6" w14:textId="77777777" w:rsidR="00C6122A" w:rsidRPr="0010060A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="109DECF4" w14:textId="1F5473E4" w:rsidR="0010060A" w:rsidRDefault="0010060A" w:rsidP="00C6122A">
+    <w:p w14:paraId="416AC3DB" w14:textId="5564AE27" w:rsidR="002955DB" w:rsidRDefault="0010060A" w:rsidP="00C6122A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk83049013"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>How would the A</w:t>
+        <w:t>How are the barriers they’re experiencing prohibitin</w:t>
       </w:r>
       <w:r w:rsidR="00EC00E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ccess Fund</w:t>
+        <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> grant and the plan for how you will spend it fit into the wider scheme of the</w:t>
+        <w:t xml:space="preserve"> them</w:t>
       </w:r>
       <w:r w:rsidR="00EC00E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> candidate</w:t>
-[...8 lines deleted...]
-        <w:t>’s/candidates’</w:t>
+        <w:t xml:space="preserve"> from</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> music</w:t>
+        <w:t xml:space="preserve"> access</w:t>
       </w:r>
       <w:r w:rsidR="00EC00E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/drama</w:t>
+        <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> education? Is this an isolated project or is it a step on the ladder </w:t>
-[...8 lines deleted...]
-        <w:t>of</w:t>
+        <w:t xml:space="preserve"> music/drama education</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC00E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> their ongoing music/drama progression?</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B30513">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>limiting their achievements?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0041A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Explain </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0041A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how they would benefit from having the support of an Access Fund grant? </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="008A00F2" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Your answer to this question will be scored.</w:t>
       </w:r>
       <w:r w:rsidR="00EC30C4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please refer to the Access Fund guidance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EEA815" w14:textId="683CBC77" w:rsidR="00623EF9" w:rsidRDefault="00623EF9" w:rsidP="00623EF9">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">Working towards and gaining her Grade 2 Violin exam will really boost Sally’s confidence and will do wonders for her wellbeing. Her playing brings so much joy and happiness to her parents and siblings too and the people at her church. Sally’s father is regularly applying for higher income jobs, so they hope to be able to pay for more lessons and the exam fee in the future. Achieving her Grade 2 exam will acknowledge all Sally’s hard work and dedication to learning the violin and </w:t>
+    <w:p w14:paraId="2227483E" w14:textId="7A47FC89" w:rsidR="00296C2C" w:rsidRDefault="00296C2C" w:rsidP="00296C2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A457EE5" w14:textId="3C7DF250" w:rsidR="00EC00E0" w:rsidRPr="00262B35" w:rsidRDefault="00296C2C" w:rsidP="00262B35">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sally is very keen to progress onto taking her Grade 2 Violin exam, but her parents can’t afford to pay for </w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>the number of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lessons</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to enable her to be ready for her exam. They would not be able to pay for the exam fee either due to only one parent working and earning a low income. The strings on Sally’s violin need replacing too as they </w:t>
+      </w:r>
+      <w:r w:rsidR="00553379">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>have been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> worn out</w:t>
+      </w:r>
+      <w:r w:rsidR="00553379">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for a long while. </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2864">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er parents can’t afford to replace them. I </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00623EF9">
-[...7 lines deleted...]
-        <w:t>is will be</w:t>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>am able to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00623EF9">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide Sally with the music books she will need to prepare for her Grade 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>exam</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and I can accompany her</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the piano in her exam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, so that’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> less thing</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> needed. Due to her autism</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>anxiety</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> she suffers with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Sally </w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>isn’t keen on taking a face-to-face exam as she struggles to communicate with strangers</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e. the examiner, exam steward and other candidates in the waiting area),</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1CE9DAD4" w14:textId="77777777" w:rsidR="000A4B52" w:rsidRDefault="000A4B52" w:rsidP="00EF421D">
+      <w:r w:rsidR="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>so</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35" w:rsidRPr="00262B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would feel more confident being filmed</w:t>
+      </w:r>
+      <w:r w:rsidR="00284A18">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a familiar space</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B35" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55FB7" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sally would benefit from the support of this grant as </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1414" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>she would be able to improve the quality of sound she produces on her violin with new strings</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0BF4" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and she </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0460" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>would be able to</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0BF4" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> improve her</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7B39" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> technical</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0BF4" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0B3D" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>skills and performance technique by having further lessons</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7B39" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with me</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0B3D" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7B39" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87F30" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gain a great sense of achievement in </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0B3D" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>working towards</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87F30" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0B3D" w:rsidRPr="001002D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taking her Grade 2 exam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA6845E" w14:textId="77777777" w:rsidR="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57F6DE85" w14:textId="32AA16EE" w:rsidR="000E7D45" w:rsidRDefault="000E7D45" w:rsidP="000E7D45">
-[...10 lines deleted...]
-    <w:p w14:paraId="1C4C8FBB" w14:textId="7D8C71A8" w:rsidR="00EC00E0" w:rsidRDefault="000E7D45" w:rsidP="00EC00E0">
+    <w:p w14:paraId="109DECF4" w14:textId="79A08BAD" w:rsidR="0010060A" w:rsidRDefault="0010060A" w:rsidP="00C6122A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3395">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does this Access Fund grant fit into the candidate’s/candidates’ wider music or drama journey? Is this a one-off activity, or a step forward in their ongoing music/drama progression? </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3395" w:rsidRPr="007A1068">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Your answer to this question will be scored.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3395">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please refer to the Access Fund guidance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EEA815" w14:textId="683CBC77" w:rsidR="00623EF9" w:rsidRDefault="00623EF9" w:rsidP="00623EF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D32BC28" w14:textId="66159D74" w:rsidR="00EF421D" w:rsidRDefault="00623EF9" w:rsidP="00623EF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Working towards and gaining her Grade 2 Violin exam will</w:t>
+      </w:r>
+      <w:r w:rsidR="003275DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enable Sally to continue progressing on her musical journey. </w:t>
+      </w:r>
+      <w:r w:rsidR="00513B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sally tells me she wants to eventually take her Grade 8 exam if she can and she would love to play in the school </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00513B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>orchestra</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006A2A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> perhaps audition for the local</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Music Service youth orchestra</w:t>
+      </w:r>
+      <w:r w:rsidR="00513B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00870DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The grant will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> really boost Sally’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>What affect do you think receipt of the Access Fund grant will have on your own teaching practice? Do you envisage any long-term benefits?</w:t>
+        <w:t xml:space="preserve">confidence and will do wonders for her wellbeing. Her playing brings so much joy and happiness to her parents and siblings too and the people at her church. Sally’s father is regularly applying for higher income jobs, so they hope to be able to pay for more lessons and the exam fee in the future. Achieving her Grade 2 exam will acknowledge all Sally’s hard work and dedication to learning the violin and is will be a step </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>forward in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> her ongoing music progression.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE9DAD4" w14:textId="77777777" w:rsidR="000A4B52" w:rsidRDefault="000A4B52" w:rsidP="00EF421D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F6DE85" w14:textId="32AA16EE" w:rsidR="000E7D45" w:rsidRDefault="000E7D45" w:rsidP="000E7D45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C4C8FBB" w14:textId="3FA164A3" w:rsidR="00EC00E0" w:rsidRDefault="000E7D45" w:rsidP="00EC00E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What affect do you think </w:t>
+      </w:r>
+      <w:r w:rsidR="009226B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>being awarded an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Access Fund grant </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA32EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>for your candidate</w:t>
+      </w:r>
+      <w:r w:rsidR="00052695">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/s</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA32EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will have on your own teaching practice? Do you envisage any long-term benefits?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="004831F4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk87887896"/>
       <w:r w:rsidR="004831F4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Only teachers need to answer this question)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="0FF13883" w14:textId="3C01348E" w:rsidR="00623EF9" w:rsidRDefault="00623EF9" w:rsidP="00623EF9">
       <w:pPr>
@@ -7135,187 +7639,157 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Comments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258FD42B" w14:textId="19CB3F21" w:rsidR="00EC00E0" w:rsidRDefault="00EC00E0" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F33E25B" w14:textId="69982FD3" w:rsidR="00EC00E0" w:rsidRPr="00AE6CE0" w:rsidRDefault="00EC00E0" w:rsidP="00EC00E0">
+    <w:p w14:paraId="5F33E25B" w14:textId="4026A5AF" w:rsidR="00EC00E0" w:rsidRPr="00AE6CE0" w:rsidRDefault="00EC00E0" w:rsidP="00EC00E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk83049827"/>
       <w:r w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Referring to the answers you’ve given above</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B30513" w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">Referring </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60499" w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">to the answers you’ve given above, please expand on this </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60499">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> please expand on this explaining why the candidate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB31AF" w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60499" w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A57756">
+        <w:t>provid</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60499">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> need th</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B30513" w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">ing </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60499" w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>em</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">a rationale for each item </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60499">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and what barriers</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B30513" w:rsidRPr="00A57756">
+        <w:t>to confirm</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60499" w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> they currently face in accessing them</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A57756">
+        <w:t xml:space="preserve"> how it will support the candidate/s to achieve their exam. Your answer to this question will be scored.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60499">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Please </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC30C4">
+      <w:r w:rsidR="00B60499">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please refer to the Access Fund guidance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6F9011" w14:textId="2BB1FA33" w:rsidR="00AE6CE0" w:rsidRDefault="00AE6CE0" w:rsidP="00AE6CE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65D850E4" w14:textId="015397AA" w:rsidR="00AE6CE0" w:rsidRPr="005B79E6" w:rsidRDefault="00AE6CE0" w:rsidP="00AE6CE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
@@ -7606,62 +8080,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you do not complete the budget</w:t>
       </w:r>
       <w:r w:rsidR="00B85DAE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or it is not accurate, your application will automatically be declined. The panel reserve the right to part fund an </w:t>
-[...10 lines deleted...]
-        <w:t>application. Please make sure that your budget is complete and accurate before uploading it here as you will not be able to change it after uploading. Download a budget spreadsheet. Complete it and rename the file to include your name, save it and upload it using the 'Choose File' box below.</w:t>
+        <w:t xml:space="preserve"> or it is not accurate, your application will automatically be declined. The panel reserve the right to part fund an application. Please make sure that your budget is complete and accurate before uploading it here as you will not be able to change it after uploading. Download a budget spreadsheet. Complete it and rename the file to include your name, save it and upload it using the 'Choose File' box below.</w:t>
       </w:r>
       <w:r w:rsidR="008A00F2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Your budget will be scored.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7024DF" w14:textId="77777777" w:rsidR="00C912AA" w:rsidRDefault="00C912AA" w:rsidP="00C912AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="556685DD" w14:textId="1C6BD251" w:rsidR="00C912AA" w:rsidRPr="00C912AA" w:rsidRDefault="00C912AA" w:rsidP="00C912AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8156,74 +8619,74 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">We cannot accept </w:t>
       </w:r>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>applications</w:t>
       </w:r>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> by email or post; you must submit your application online. By submitting this application you state that all details provided are true and accurate and that you have read and agree to Trinity College London's </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="007A1068">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Privacy Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="007A1068">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Terms of Use</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Please confirm this by selecting the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5338F3D8" w14:textId="6E565767" w:rsidR="001C347E" w:rsidRPr="007A1068" w:rsidRDefault="001C347E" w:rsidP="001C347E">
       <w:pPr>
@@ -8323,51 +8786,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="152EBEDA" w14:textId="747C7B27" w:rsidR="002F6584" w:rsidRPr="000F03FD" w:rsidRDefault="002F6584" w:rsidP="000F03FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any questions please email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>accessfund@trinitycollege.co.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
@@ -8381,189 +8844,189 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>go to the</w:t>
       </w:r>
       <w:r w:rsidR="004636E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Music and Drama Access Fund page on the</w:t>
       </w:r>
       <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Trinity website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD5A74B" w14:textId="77777777" w:rsidR="000572FE" w:rsidRPr="007A1068" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000572FE" w:rsidRPr="007A1068">
-      <w:headerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06A03EB7" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRDefault="00EC6030" w:rsidP="000572FE">
+    <w:p w14:paraId="7B88DCD0" w14:textId="77777777" w:rsidR="00E77730" w:rsidRDefault="00E77730" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FA305D3" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRDefault="00EC6030" w:rsidP="000572FE">
+    <w:p w14:paraId="364782A4" w14:textId="77777777" w:rsidR="00E77730" w:rsidRDefault="00E77730" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-319818081"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3F938DE3" w14:textId="79C72261" w:rsidR="004D3D00" w:rsidRDefault="004D3D00">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="004D3D00">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
@@ -8583,77 +9046,77 @@
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="004D3D00">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="10102BFF" w14:textId="77777777" w:rsidR="004D3D00" w:rsidRDefault="004D3D00">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61855FC5" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRDefault="00EC6030" w:rsidP="000572FE">
+    <w:p w14:paraId="4B62DBFF" w14:textId="77777777" w:rsidR="00E77730" w:rsidRDefault="00E77730" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EC3B7DF" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRDefault="00EC6030" w:rsidP="000572FE">
+    <w:p w14:paraId="21AC64C1" w14:textId="77777777" w:rsidR="00E77730" w:rsidRDefault="00E77730" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5A88D72D" w14:textId="2B4C3F2D" w:rsidR="002955DB" w:rsidRPr="002955DB" w:rsidRDefault="00EC6030">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5A88D72D" w14:textId="0CC0148A" w:rsidR="002955DB" w:rsidRPr="002955DB" w:rsidRDefault="00EC6030">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002955DB">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="043A422A" wp14:editId="0EDF341C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>4562475</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-163830</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1516380" cy="438150"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="3" name="Picture 3"/>
@@ -8692,63 +9155,63 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="002955DB">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>January 202</w:t>
     </w:r>
-    <w:r w:rsidR="00EB33EE">
+    <w:r w:rsidR="00773DD4">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08F67876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15B8AE92"/>
     <w:lvl w:ilvl="0" w:tplc="DD78EA52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -9670,218 +10133,265 @@
   <w:num w:numId="4" w16cid:durableId="729961696">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="311103690">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1803420241">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1183396341">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2017345126">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="737165549">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="211045972">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000572FE"/>
     <w:rsid w:val="0001255F"/>
+    <w:rsid w:val="00052695"/>
+    <w:rsid w:val="00052DE7"/>
     <w:rsid w:val="000572FE"/>
     <w:rsid w:val="00065210"/>
     <w:rsid w:val="000A4B52"/>
     <w:rsid w:val="000A5455"/>
     <w:rsid w:val="000A5F1C"/>
     <w:rsid w:val="000E0A3D"/>
     <w:rsid w:val="000E7D45"/>
     <w:rsid w:val="000F03FD"/>
+    <w:rsid w:val="000F2864"/>
+    <w:rsid w:val="001002D6"/>
     <w:rsid w:val="0010060A"/>
     <w:rsid w:val="0012274F"/>
     <w:rsid w:val="00184912"/>
     <w:rsid w:val="001C347E"/>
     <w:rsid w:val="001E7EBC"/>
     <w:rsid w:val="00227761"/>
     <w:rsid w:val="00233E5D"/>
     <w:rsid w:val="00240CD2"/>
     <w:rsid w:val="00262B35"/>
     <w:rsid w:val="00265647"/>
     <w:rsid w:val="00284A18"/>
     <w:rsid w:val="00290E5D"/>
     <w:rsid w:val="002955DB"/>
     <w:rsid w:val="00296C2C"/>
     <w:rsid w:val="002F6584"/>
+    <w:rsid w:val="003275DD"/>
     <w:rsid w:val="0037688B"/>
     <w:rsid w:val="00380124"/>
     <w:rsid w:val="00387217"/>
     <w:rsid w:val="003C3CA3"/>
     <w:rsid w:val="0043516B"/>
+    <w:rsid w:val="00453862"/>
     <w:rsid w:val="004607BD"/>
     <w:rsid w:val="004636E0"/>
+    <w:rsid w:val="004746C6"/>
     <w:rsid w:val="004831F4"/>
+    <w:rsid w:val="004B0BF4"/>
     <w:rsid w:val="004D3D00"/>
     <w:rsid w:val="00501D93"/>
+    <w:rsid w:val="00513B12"/>
     <w:rsid w:val="0051495C"/>
     <w:rsid w:val="00517AEB"/>
     <w:rsid w:val="005252DD"/>
+    <w:rsid w:val="005476E9"/>
+    <w:rsid w:val="00553379"/>
     <w:rsid w:val="00553FDF"/>
     <w:rsid w:val="0056146E"/>
     <w:rsid w:val="00566820"/>
     <w:rsid w:val="005B79E6"/>
     <w:rsid w:val="005C355E"/>
     <w:rsid w:val="005D37EE"/>
+    <w:rsid w:val="005E1977"/>
+    <w:rsid w:val="005E3395"/>
+    <w:rsid w:val="0061121A"/>
     <w:rsid w:val="00623EF9"/>
     <w:rsid w:val="00651AAB"/>
     <w:rsid w:val="00674A28"/>
     <w:rsid w:val="00674C92"/>
     <w:rsid w:val="006971A4"/>
+    <w:rsid w:val="006A2A58"/>
     <w:rsid w:val="006A517F"/>
     <w:rsid w:val="006B06F2"/>
+    <w:rsid w:val="006F4272"/>
     <w:rsid w:val="007145B0"/>
+    <w:rsid w:val="007539D6"/>
     <w:rsid w:val="007540A2"/>
+    <w:rsid w:val="00773DD4"/>
+    <w:rsid w:val="00795F0A"/>
+    <w:rsid w:val="007972EA"/>
     <w:rsid w:val="00797F5E"/>
     <w:rsid w:val="007A1068"/>
+    <w:rsid w:val="007A13C5"/>
     <w:rsid w:val="00824AE4"/>
     <w:rsid w:val="0084357A"/>
     <w:rsid w:val="008454FB"/>
+    <w:rsid w:val="00870DE2"/>
     <w:rsid w:val="00876D3B"/>
     <w:rsid w:val="008A00F2"/>
     <w:rsid w:val="008A243A"/>
     <w:rsid w:val="008D4116"/>
     <w:rsid w:val="008E243B"/>
     <w:rsid w:val="008F0CCC"/>
     <w:rsid w:val="00900B6D"/>
+    <w:rsid w:val="009226B1"/>
     <w:rsid w:val="00927479"/>
     <w:rsid w:val="00956D91"/>
     <w:rsid w:val="00981951"/>
     <w:rsid w:val="0098223F"/>
     <w:rsid w:val="009A5453"/>
+    <w:rsid w:val="009C4B30"/>
+    <w:rsid w:val="009C545C"/>
+    <w:rsid w:val="009D3D7B"/>
     <w:rsid w:val="009E397D"/>
     <w:rsid w:val="00A05053"/>
     <w:rsid w:val="00A17D0B"/>
     <w:rsid w:val="00A41BE5"/>
     <w:rsid w:val="00A57756"/>
     <w:rsid w:val="00A60AC4"/>
     <w:rsid w:val="00AB0299"/>
     <w:rsid w:val="00AC44FA"/>
     <w:rsid w:val="00AD068A"/>
     <w:rsid w:val="00AD270D"/>
     <w:rsid w:val="00AE6CE0"/>
     <w:rsid w:val="00AF5CCC"/>
     <w:rsid w:val="00B30513"/>
+    <w:rsid w:val="00B60499"/>
     <w:rsid w:val="00B73BEB"/>
     <w:rsid w:val="00B85DAE"/>
     <w:rsid w:val="00B965B4"/>
+    <w:rsid w:val="00BA0460"/>
     <w:rsid w:val="00BB31AF"/>
+    <w:rsid w:val="00BD1414"/>
     <w:rsid w:val="00BE5678"/>
     <w:rsid w:val="00BF7C9F"/>
     <w:rsid w:val="00C6122A"/>
     <w:rsid w:val="00C912AA"/>
     <w:rsid w:val="00C97328"/>
+    <w:rsid w:val="00CA32EE"/>
     <w:rsid w:val="00CC3419"/>
     <w:rsid w:val="00CC5176"/>
     <w:rsid w:val="00CD1B07"/>
     <w:rsid w:val="00CF5C27"/>
+    <w:rsid w:val="00D0041A"/>
+    <w:rsid w:val="00D55FB7"/>
     <w:rsid w:val="00D61C01"/>
     <w:rsid w:val="00D851E3"/>
+    <w:rsid w:val="00DA0B3D"/>
     <w:rsid w:val="00DB7F4F"/>
+    <w:rsid w:val="00DD251D"/>
     <w:rsid w:val="00DD3169"/>
+    <w:rsid w:val="00E14FCF"/>
+    <w:rsid w:val="00E20F89"/>
+    <w:rsid w:val="00E332CB"/>
+    <w:rsid w:val="00E60FEC"/>
     <w:rsid w:val="00E62A36"/>
+    <w:rsid w:val="00E77730"/>
+    <w:rsid w:val="00E87C93"/>
     <w:rsid w:val="00EB33EE"/>
+    <w:rsid w:val="00EB7B39"/>
     <w:rsid w:val="00EC00E0"/>
     <w:rsid w:val="00EC30C4"/>
+    <w:rsid w:val="00EC3FF5"/>
     <w:rsid w:val="00EC6030"/>
     <w:rsid w:val="00EF1C96"/>
     <w:rsid w:val="00EF421D"/>
     <w:rsid w:val="00F06F6F"/>
+    <w:rsid w:val="00F075EC"/>
+    <w:rsid w:val="00F45FAB"/>
     <w:rsid w:val="00F568C3"/>
+    <w:rsid w:val="00F60D57"/>
     <w:rsid w:val="00F74F95"/>
+    <w:rsid w:val="00F87F30"/>
+    <w:rsid w:val="00FB3A35"/>
     <w:rsid w:val="00FD13CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="03585777"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EFFB590D-781A-426E-9307-F2F62F68F3F1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10482,58 +10992,58 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00233E5D"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="000A4B52"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/local-trinity/UK/music/book-exam/public-centre-booking" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/local-trinity/UK/music/music-support-events/link-to-music-drama-access-fund" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/resource/?id=8978" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accessfund@trinitycollege.co.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/page/terms" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/page/privacy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/qualifications/music/special-needs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/page/privacy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/resource/?id=8978" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/local-trinity/UK/music/music-support-events/link-to-music-drama-access-fund" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/qualifications/music/special-needs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accessfund@trinitycollege.co.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/local-trinity/UK/music/book-exam/public-centre-booking" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/page/terms" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -10791,74 +11301,362 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8EC46543F17674DB7BAEB006C683275" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1507067973a2fd16952049bc2cfafb4a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0db2115f-a424-45b3-91d1-505fee2d4b90" xmlns:ns3="900d71be-56e1-430a-bf01-b9540566e602" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43c4ffbd4ff5ff8d2108c3e7ae6ecbfe" ns2:_="" ns3:_="">
+    <xsd:import namespace="0db2115f-a424-45b3-91d1-505fee2d4b90"/>
+    <xsd:import namespace="900d71be-56e1-430a-bf01-b9540566e602"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0db2115f-a424-45b3-91d1-505fee2d4b90" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4bd8122d-08b1-42ba-905d-69a51aae94aa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="900d71be-56e1-430a-bf01-b9540566e602" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e699a3f4-8298-405d-a0fd-315b4ff9bb28}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="900d71be-56e1-430a-bf01-b9540566e602">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="900d71be-56e1-430a-bf01-b9540566e602" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0db2115f-a424-45b3-91d1-505fee2d4b90">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB735067-6245-4387-924D-B02BE5E5167D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0db2115f-a424-45b3-91d1-505fee2d4b90"/>
+    <ds:schemaRef ds:uri="900d71be-56e1-430a-bf01-b9540566e602"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EF27B01-7614-4540-BBE7-475258ADE7A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="900d71be-56e1-430a-bf01-b9540566e602"/>
+    <ds:schemaRef ds:uri="0db2115f-a424-45b3-91d1-505fee2d4b90"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02C4654C-DE49-4AF0-A6D8-68C204E5C548}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2197</Words>
-  <Characters>12524</Characters>
+  <Words>2499</Words>
+  <Characters>12174</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>471</Lines>
+  <Paragraphs>149</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14692</CharactersWithSpaces>
+  <CharactersWithSpaces>14546</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Katherine Stapley-Smith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100D8EC46543F17674DB7BAEB006C683275</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>