--- v0 (2025-11-15)
+++ v1 (2026-01-16)
@@ -1,58 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7D928D19" w14:textId="77777777" w:rsidR="00956D91" w:rsidRDefault="000572FE" w:rsidP="007A1068">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Music and Drama Access Fund </w:t>
       </w:r>
       <w:r w:rsidR="00824AE4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
@@ -78,102 +82,50 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Example </w:t>
       </w:r>
       <w:r w:rsidR="00194464">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>low</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> scoring application </w:t>
-      </w:r>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> throughout your application for more information about how to complete the questions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="402EB0AE" w14:textId="5A3CE00C" w:rsidR="000572FE" w:rsidRPr="007A1068" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A45FDBF" w14:textId="77777777" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C6C0838" w14:textId="63A273EC" w:rsidR="000572FE" w:rsidRPr="002955DB" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
@@ -806,142 +758,150 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>London</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174438C1" w14:textId="2F41FB1D" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="114B4774" w14:textId="597155C4" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>North East</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6BF41817" w14:textId="4B9B308B" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BA21F16" w14:textId="60B7FBF2" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>North West</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0D495A0E" w14:textId="521092DE" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60DF28EF" w14:textId="5AF9C252" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>South East</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3AA0A738" w14:textId="403BEA9B" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55A41F4A" w14:textId="2724D2C5" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>South West</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4AB6A92E" w14:textId="76EADA05" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ABAEE93" w14:textId="2F7FA448" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1036,51 +996,50 @@
     <w:p w14:paraId="4E28B5BD" w14:textId="0AD10375" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F7E5348" w14:textId="29B52DB9" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Scotland</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A7D7D1" w14:textId="100F3CF4" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33A20FD1" w14:textId="424E4AC3" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00F74F95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1596,51 +1555,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r w:rsidR="008E243B" w:rsidRPr="00981951">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">sure please take a look at our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="008E243B" w:rsidRPr="00981951">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Public Centres map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008E243B" w:rsidRPr="00981951">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000DD775" w14:textId="17FB9F62" w:rsidR="000572FE" w:rsidRPr="007A1068" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1920,51 +1879,51 @@
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D6035F" w14:textId="7CE3E58B" w:rsidR="000572FE" w:rsidRDefault="000572FE" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DE9F789" w14:textId="77777777" w:rsidR="002955DB" w:rsidRPr="007A1068" w:rsidRDefault="002955DB" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53C4F83C" w14:textId="7F8A364B" w:rsidR="000572FE" w:rsidRPr="00EF421D" w:rsidRDefault="00EF421D" w:rsidP="00EF421D">
+    <w:p w14:paraId="53C4F83C" w14:textId="077E0156" w:rsidR="000572FE" w:rsidRPr="00EF421D" w:rsidRDefault="00EF421D" w:rsidP="00EF421D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF421D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Comments</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1985,51 +1944,61 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D334B3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>pring</w:t>
       </w:r>
       <w:r w:rsidR="00824AE4" w:rsidRPr="00956D91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4547F" w:rsidRPr="004B0264">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D052A4B" w14:textId="60A0FD6F" w:rsidR="001E7EBC" w:rsidRDefault="001E7EBC" w:rsidP="001E7EBC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B276C5C" w14:textId="5274C183" w:rsidR="00A41BE5" w:rsidRDefault="00A41BE5" w:rsidP="001E7EBC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3304,76 +3273,85 @@
           </w:tcPr>
           <w:p w14:paraId="2BA177B2" w14:textId="0B51714B" w:rsidR="00EC00E0" w:rsidRPr="00824AE4" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Grade 1 R&amp;P Guitar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="189F7531" w14:textId="7780AD26" w:rsidR="00EC00E0" w:rsidRPr="00824AE4" w:rsidRDefault="00E85920" w:rsidP="009A5453">
+          <w:p w14:paraId="189F7531" w14:textId="49459D41" w:rsidR="00EC00E0" w:rsidRPr="00824AE4" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Feb</w:t>
             </w:r>
             <w:r w:rsidR="00824AE4" w:rsidRPr="00824AE4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2024</w:t>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB525A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC00E0" w14:paraId="55B85E9D" w14:textId="385F8AC7" w:rsidTr="00EC00E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15E49BD6" w14:textId="5BF0CE21" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -3411,67 +3389,76 @@
           </w:tcPr>
           <w:p w14:paraId="3A868566" w14:textId="004574C3" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Grade 3 R&amp;P Guitar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="445BD40D" w14:textId="3D6FEF06" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
+          <w:p w14:paraId="445BD40D" w14:textId="5E9E792B" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>Feb 2024</w:t>
+              <w:t>Feb 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB525A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC00E0" w14:paraId="5F3D22DC" w14:textId="11E2D5CF" w:rsidTr="00EC00E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D128E98" w14:textId="78C307A5" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -3509,67 +3496,76 @@
           </w:tcPr>
           <w:p w14:paraId="36686D7D" w14:textId="3E331EEF" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Grade 1 R&amp;P Bass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46312CEE" w14:textId="4EB85E03" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
+          <w:p w14:paraId="46312CEE" w14:textId="63F587A2" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>Feb 2024</w:t>
+              <w:t>Feb 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB525A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC00E0" w14:paraId="7762F0DB" w14:textId="67959248" w:rsidTr="00EC00E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="476F3294" w14:textId="40C2312B" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -3607,67 +3603,76 @@
           </w:tcPr>
           <w:p w14:paraId="27F18408" w14:textId="4AAE32C6" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Grade 2 R&amp;P Bass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7019BC9B" w14:textId="488244F9" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
+          <w:p w14:paraId="7019BC9B" w14:textId="77FD9295" w:rsidR="00EC00E0" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>Feb 2024</w:t>
+              <w:t>Feb 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB525A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E85920" w14:paraId="765D8A73" w14:textId="77777777" w:rsidTr="00EC00E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="514473F6" w14:textId="1A8AFEFF" w:rsidR="00E85920" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -3705,67 +3710,76 @@
           </w:tcPr>
           <w:p w14:paraId="02D3BED8" w14:textId="76158A27" w:rsidR="00E85920" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade 5 R&amp;P Bass </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="104D08F6" w14:textId="72F22C73" w:rsidR="00E85920" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
+          <w:p w14:paraId="104D08F6" w14:textId="0E79925B" w:rsidR="00E85920" w:rsidRPr="00E85920" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85920">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>Feb 2024</w:t>
+              <w:t>Feb 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB525A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28D49898" w14:textId="77777777" w:rsidR="00A17D0B" w:rsidRDefault="00A17D0B" w:rsidP="009A5453">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="509825FD" w14:textId="2C56DC18" w:rsidR="002955DB" w:rsidRPr="007A1068" w:rsidRDefault="002955DB" w:rsidP="009A5453">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3943,52 +3957,62 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Number of females</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29CB81E7" w14:textId="688AE8A8" w:rsidR="008454FB" w:rsidRPr="007A1068" w:rsidRDefault="008454FB" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Number of non-binary</w:t>
-            </w:r>
+              <w:t>Number of non-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007A1068">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>binary</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F4331FD" w14:textId="5AAD37A9" w:rsidR="008454FB" w:rsidRPr="007A1068" w:rsidRDefault="008454FB" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Not listed / prefer not to say</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4089,50 +4113,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008454FB" w:rsidRPr="007A1068" w14:paraId="4978EB6E" w14:textId="77777777" w:rsidTr="008454FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A21C08D" w14:textId="17A77EDE" w:rsidR="008454FB" w:rsidRPr="007A1068" w:rsidRDefault="008454FB" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12-17 years old</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BE4A4A8" w14:textId="7A7C8174" w:rsidR="008454FB" w:rsidRPr="008078C7" w:rsidRDefault="00E85920" w:rsidP="009A5453">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008078C7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1</w:t>
@@ -4875,51 +4900,71 @@
       <w:r w:rsidR="00EC6030" w:rsidRPr="00876D3B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6030" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>indicate from the list below which access barrier/s your</w:t>
       </w:r>
       <w:r w:rsidR="008454FB" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> candidate/s are experiencing with regard to being able to take their Trinity exam. Refer to the Access Fund guidance for </w:t>
+        <w:t xml:space="preserve"> candidate/s are experiencing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008454FB" w:rsidRPr="007A1068">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with regard to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008454FB" w:rsidRPr="007A1068">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being able to take their Trinity exam. Refer to the Access Fund guidance for </w:t>
       </w:r>
       <w:r w:rsidR="00EC6030" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a definition </w:t>
       </w:r>
       <w:r w:rsidR="008454FB" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00EC6030" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4952,53 +4997,93 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A4B52">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Important note:</w:t>
       </w:r>
       <w:r w:rsidRPr="000A4B52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t> if your Access Fund application is successful and you come to booking the exam, the information you supply in this application about your candidate/s will not be passed onto our exams operations team or the examiner. For candidates who require any adjustments to their exam, or simply wish to make the examiner aware of a disability or health condition, a special needs provision form must be completed and submitted with their entry along with appropriate supporting evidence (if required). Please see </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:t xml:space="preserve"> if your Access Fund application is successful and you come to booking the exam, the information you supply in this application about your candidate/s will not be passed onto our </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A4B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>exams</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A4B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> operations team or the examiner. For candidates who require any adjustments to their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A4B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>exam, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A4B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> simply wish to make the examiner aware of a disability or health condition, a special needs provision form must be completed and submitted with their entry along with appropriate supporting evidence (if required). Please see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="000A4B52">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
             <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>this webpage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000A4B52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> for more information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FF74C5" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -5012,56 +5097,57 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="8312"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EC6030" w:rsidRPr="007A1068" w14:paraId="1E547665" w14:textId="77777777" w:rsidTr="00EC6030">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A8621AD" w14:textId="7FC12EC0" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="008078C7" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009F50AA">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56C6A929" w14:textId="0EB9D3B8" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>They are disabled or they have special educational needs</w:t>
@@ -5077,56 +5163,57 @@
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (educational context) or other specific individual requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC6030" w:rsidRPr="007A1068" w14:paraId="14EC10C4" w14:textId="77777777" w:rsidTr="00EC6030">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="294EB4C5" w14:textId="312B68EC" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="008078C7" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009F50AA">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B79A642" w14:textId="6F0ECE94" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">They live in areas of rural isolation and/or </w:t>
@@ -5262,170 +5349,191 @@
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Are carers/young carers or young parents</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC6030" w:rsidRPr="007A1068" w14:paraId="2C5CDB89" w14:textId="77777777" w:rsidTr="00EC6030">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="638D4CE5" w14:textId="6964F23C" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="008078C7" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009F50AA">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECBD2A5" w14:textId="75FDB983" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
+          <w:p w14:paraId="3ECBD2A5" w14:textId="21F58236" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Are in a specific minority group (e.g. LGBTQ+, B</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0098223F">
+              <w:t>Are in a specific minority group (e.g. LGBTQ</w:t>
+            </w:r>
+            <w:r w:rsidR="009F50AA">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>A</w:t>
+              <w:t>IA</w:t>
             </w:r>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ME, homeless, traveller, asylum seeker, refugee)</w:t>
+              <w:t xml:space="preserve">+, </w:t>
+            </w:r>
+            <w:r w:rsidR="009F50AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Global Majority (previously known as ethnic minority groups)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A1068">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, homeless, traveller, asylum seeker, refugee)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC6030" w:rsidRPr="007A1068" w14:paraId="0A286A6E" w14:textId="77777777" w:rsidTr="00EC6030">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015ED736" w14:textId="60ADD318" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="008078C7" w:rsidP="00EC6030">
+          <w:p w14:paraId="015ED736" w14:textId="60ADD318" w:rsidR="00EC6030" w:rsidRPr="009F50AA" w:rsidRDefault="008078C7" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F50AA">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E72EE30" w14:textId="3D74F46F" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00EC6030" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Are not in full-time education, employment or training/excluded from school/are in alternative education</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC6030" w:rsidRPr="007A1068" w14:paraId="40C92A53" w14:textId="77777777" w:rsidTr="00EC6030">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B87A569" w14:textId="07881DC2" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="008078C7" w:rsidP="00EC6030">
+          <w:p w14:paraId="4B87A569" w14:textId="07881DC2" w:rsidR="00EC6030" w:rsidRPr="009F50AA" w:rsidRDefault="008078C7" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F50AA">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DE18C1E" w14:textId="760E10E9" w:rsidR="00EC6030" w:rsidRPr="007A1068" w:rsidRDefault="00AC44FA" w:rsidP="00EC6030">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A1068">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Are hospital outpatients/inpatients or suffering long term health problems (including mental health problems)</w:t>
@@ -5491,712 +5599,809 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002955DB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Comments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="537C4F26" w14:textId="62F5483C" w:rsidR="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00CC3419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="08A0DA53" w14:textId="77777777" w:rsidR="00362EC6" w:rsidRDefault="00362EC6" w:rsidP="00CC3419">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59E1483D" w14:textId="77777777" w:rsidR="00362EC6" w:rsidRDefault="00362EC6" w:rsidP="00CC3419">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="301772D4" w14:textId="0E9CECAF" w:rsidR="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00CC3419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3530BBDC" w14:textId="7902248F" w:rsidR="00C6122A" w:rsidRPr="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
+    <w:p w14:paraId="6B206DF5" w14:textId="321A1CB2" w:rsidR="00362EC6" w:rsidRPr="00BB2074" w:rsidRDefault="002D259D" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk83048542"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Please tell us about your candidate’s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB31AF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00362EC6" w:rsidRPr="00BB2074">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/candidates’</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Based on the categories above please tell us more about the candidate/s and their circumstances, including any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00362EC6" w:rsidRPr="00BB2074">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>particular needs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00362EC6" w:rsidRPr="00BB2074">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and priorities they have. Your answer to this question will be scored. Please refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00362EC6" w:rsidRPr="00BB2074">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Access Fund guidance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00362EC6" w:rsidRPr="00BB2074">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB1FF59" w14:textId="5627524E" w:rsidR="002D65C0" w:rsidRDefault="002D65C0" w:rsidP="002D259D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60A8B95C" w14:textId="10591E76" w:rsidR="002D259D" w:rsidRPr="002D259D" w:rsidRDefault="00B45E50" w:rsidP="002D259D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="2"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...15 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...11 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these</w:t>
+      </w:r>
+      <w:r w:rsidR="00D709B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> candidates live in a deprived area in rural isolation and all of them are from low-income families.</w:t>
+      </w:r>
+      <w:r w:rsidR="000959B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A00F2" w:rsidRPr="007A1068">
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> rural isolation and all of them are from low-income families. They need the grant as their families would struggle to pay for lessons and the exam fee.</w:t>
+      <w:r w:rsidR="002954CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Two candidates have learning difficulties. </w:t>
+      </w:r>
+      <w:r w:rsidR="0064238D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>One candidate is not in mainstream education anymore.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidR="003439BA">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268CBCCB" w14:textId="77777777" w:rsidR="00C6122A" w:rsidRPr="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
-[...10 lines deleted...]
-    <w:p w14:paraId="333EEDB6" w14:textId="77777777" w:rsidR="00C6122A" w:rsidRPr="0010060A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
+    <w:p w14:paraId="5D32C63D" w14:textId="77777777" w:rsidR="002D65C0" w:rsidRDefault="002D65C0" w:rsidP="002D65C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="416AC3DB" w14:textId="02B984C6" w:rsidR="002955DB" w:rsidRDefault="0010060A" w:rsidP="00C6122A">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3530BBDC" w14:textId="21CEF143" w:rsidR="00C6122A" w:rsidRPr="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Hlk83049013"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...94 lines deleted...]
-      <w:r w:rsidR="008A00F2" w:rsidRPr="007A1068">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00635EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tell us about your candidate’s/candidates’ musical/drama journey so far. Have they had lessons before? Are they new to learning an instrument or drama technique? Have they sat an exam before? </w:t>
+      </w:r>
+      <w:r w:rsidR="00635EAB" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Your answer to this question will be scored.</w:t>
       </w:r>
-      <w:r w:rsidR="00EC30C4">
+      <w:r w:rsidR="00635EAB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please refer to the Access Fund guidance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2227483E" w14:textId="7A47FC89" w:rsidR="00296C2C" w:rsidRDefault="00296C2C" w:rsidP="00296C2C">
-[...10 lines deleted...]
-    <w:p w14:paraId="1A457EE5" w14:textId="4BAB2328" w:rsidR="00EC00E0" w:rsidRPr="00262B35" w:rsidRDefault="008078C7" w:rsidP="00262B35">
+    <w:p w14:paraId="2C4FC348" w14:textId="68613B1A" w:rsidR="002955DB" w:rsidRDefault="002955DB" w:rsidP="00CC3419">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E79941F" w14:textId="73ED1ACE" w:rsidR="00C6122A" w:rsidRDefault="008078C7" w:rsidP="00C6122A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="4"/>
-      <w:r w:rsidRPr="00CE489B">
+      <w:commentRangeStart w:id="3"/>
+      <w:r w:rsidRPr="008078C7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Their families can’t afford to pay for lessons, exam fee, equipment, books etc so they can’t progress onto the next grade.</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CE489B">
+        <w:t xml:space="preserve">I have been teaching these students for over a year now. </w:t>
+      </w:r>
+      <w:r w:rsidR="00857A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Some of them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008078C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hav</w:t>
+      </w:r>
+      <w:r w:rsidR="00857A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008078C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taken music exams before. </w:t>
+      </w:r>
+      <w:r w:rsidR="00136B0D" w:rsidRPr="00136B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>They all enjoy music.</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="3"/>
+      <w:r w:rsidR="007A55DD">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="4"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="109DECF4" w14:textId="1F5473E4" w:rsidR="0010060A" w:rsidRDefault="0010060A" w:rsidP="00C6122A">
+        <w:commentReference w:id="3"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333EEDB6" w14:textId="77777777" w:rsidR="00C6122A" w:rsidRPr="007A55DD" w:rsidRDefault="00C6122A" w:rsidP="007A55DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="416AC3DB" w14:textId="35FAC387" w:rsidR="002955DB" w:rsidRDefault="0010060A" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk83049013"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>How would the A</w:t>
-[...82 lines deleted...]
-      <w:r w:rsidR="008A00F2">
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are the barriers they’re experiencing prohibiting them from accessing music/drama education and limiting their achievements? Explain </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how they would benefit from having the support of an Access Fund grant? </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6B9F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A00F2" w:rsidRPr="007A1068">
+      <w:r w:rsidR="002D6B9F" w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Your answer to this question will be scored.</w:t>
       </w:r>
-      <w:r w:rsidR="00EC30C4">
+      <w:r w:rsidR="002D6B9F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please refer to the Access Fund guidance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EEA815" w14:textId="683CBC77" w:rsidR="00623EF9" w:rsidRDefault="00623EF9" w:rsidP="00623EF9">
-[...15 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="2227483E" w14:textId="7A47FC89" w:rsidR="00296C2C" w:rsidRDefault="00296C2C" w:rsidP="00296C2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A457EE5" w14:textId="30738736" w:rsidR="00EC00E0" w:rsidRPr="00262B35" w:rsidRDefault="008078C7" w:rsidP="00262B35">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="00CE489B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>The grant will help them move onto the next grade exam</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="002937F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>hey need the grant as t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE489B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">heir families can’t afford to pay for lessons, </w:t>
+      </w:r>
+      <w:r w:rsidR="002937F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE489B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>exam fee</w:t>
+      </w:r>
+      <w:r w:rsidR="002937F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE489B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, equipment, books etc so they can’t progress onto the next grade.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="5"/>
-      <w:r w:rsidRPr="00CE489B">
+      <w:r w:rsidR="00CE489B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE9DAD4" w14:textId="77777777" w:rsidR="000A4B52" w:rsidRDefault="000A4B52" w:rsidP="00EF421D">
+    <w:p w14:paraId="6EA6845E" w14:textId="77777777" w:rsidR="00C6122A" w:rsidRDefault="00C6122A" w:rsidP="00C6122A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57F6DE85" w14:textId="32AA16EE" w:rsidR="000E7D45" w:rsidRDefault="000E7D45" w:rsidP="000E7D45">
-[...10 lines deleted...]
-    <w:p w14:paraId="1C4C8FBB" w14:textId="7D8C71A8" w:rsidR="00EC00E0" w:rsidRDefault="000E7D45" w:rsidP="00EC00E0">
+    <w:p w14:paraId="109DECF4" w14:textId="5F5277FF" w:rsidR="0010060A" w:rsidRDefault="0010060A" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>What affect do you think receipt of the Access Fund grant will have on your own teaching practice? Do you envisage any long-term benefits?</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidR="004831F4">
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidR="00481239">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does this Access Fund grant fit into the candidate’s/candidates’ wider music or drama journey? Is this a one-off activity, or a step forward in their ongoing music/drama progression? </w:t>
+      </w:r>
+      <w:r w:rsidR="00481239" w:rsidRPr="007A1068">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Your answer to this question will be scored.</w:t>
+      </w:r>
+      <w:r w:rsidR="00481239">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please refer to the Access Fund guidance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EEA815" w14:textId="683CBC77" w:rsidR="00623EF9" w:rsidRDefault="00623EF9" w:rsidP="00623EF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D32BC28" w14:textId="0F400F20" w:rsidR="00EF421D" w:rsidRDefault="00CE489B" w:rsidP="00623EF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="6"/>
+      <w:r w:rsidRPr="00CE489B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The grant will help them </w:t>
+      </w:r>
+      <w:r w:rsidR="00927E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>progress to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE489B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the next grade exam</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="6"/>
+      <w:r w:rsidRPr="00CE489B">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:commentReference w:id="6"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE9DAD4" w14:textId="77777777" w:rsidR="000A4B52" w:rsidRDefault="000A4B52" w:rsidP="00EF421D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F6DE85" w14:textId="32AA16EE" w:rsidR="000E7D45" w:rsidRDefault="000E7D45" w:rsidP="000E7D45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C4C8FBB" w14:textId="3CC95AA7" w:rsidR="00EC00E0" w:rsidRDefault="000E7D45" w:rsidP="00BB2074">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00E12B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">affect do you think being awarded an Access Fund grant for your candidate/s will have on your own teaching practice? Do you envisage any long-term benefits? </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk87887896"/>
+      <w:r w:rsidR="00E12B30">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Only teachers need to answer this question)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="0FF13883" w14:textId="4C4EC77F" w:rsidR="00623EF9" w:rsidRDefault="00623EF9" w:rsidP="00623EF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05482BDB" w14:textId="3829CC40" w:rsidR="00CE489B" w:rsidRPr="00CE489B" w:rsidRDefault="00CE489B" w:rsidP="00623EF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="7"/>
+      <w:commentRangeStart w:id="8"/>
       <w:r w:rsidRPr="00CE489B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>It will mean I can continue to teach these candidates.</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="7"/>
+      <w:commentRangeEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="7"/>
+        <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1549EF19" w14:textId="1167A5D1" w:rsidR="00623EF9" w:rsidRPr="00AE6CE0" w:rsidRDefault="00623EF9" w:rsidP="00623EF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B04BB00" w14:textId="77777777" w:rsidR="00EC00E0" w:rsidRPr="00EC00E0" w:rsidRDefault="00EC00E0" w:rsidP="00EC00E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B090E8F" w14:textId="77777777" w:rsidR="002955DB" w:rsidRPr="007A1068" w:rsidRDefault="002955DB" w:rsidP="00CC3419">
@@ -6221,51 +6426,51 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002955DB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Plan and budget details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7B8A86" w14:textId="617DE848" w:rsidR="00CC3419" w:rsidRPr="007A1068" w:rsidRDefault="00CC3419" w:rsidP="00CC3419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3644F570" w14:textId="3E36A546" w:rsidR="00CC3419" w:rsidRPr="0012274F" w:rsidRDefault="005C355E" w:rsidP="002955DB">
+    <w:p w14:paraId="3644F570" w14:textId="3E36A546" w:rsidR="00CC3419" w:rsidRPr="0012274F" w:rsidRDefault="005C355E" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>What</w:t>
@@ -6904,318 +7109,311 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Comments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258FD42B" w14:textId="19CB3F21" w:rsidR="00EC00E0" w:rsidRDefault="00EC00E0" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F33E25B" w14:textId="69982FD3" w:rsidR="00EC00E0" w:rsidRPr="00AE6CE0" w:rsidRDefault="00EC00E0" w:rsidP="00EC00E0">
+    <w:p w14:paraId="5F33E25B" w14:textId="45D8B6DC" w:rsidR="00EC00E0" w:rsidRPr="00AE6CE0" w:rsidRDefault="00EC00E0" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk83049827"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk83049827"/>
       <w:r w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Referring to the answers you’ve given above</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B30513" w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">Referring </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62" w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">to the answers you’ve given above, please expand on this </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> please expand on this explaining why the candidate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB31AF" w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62" w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A57756">
+        <w:t>provid</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> need th</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B30513" w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">ing </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62" w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>em</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A57756">
+        <w:t xml:space="preserve">a rationale for each item </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and what barriers</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B30513" w:rsidRPr="00A57756">
+        <w:t>to confirm</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62" w:rsidRPr="00A57756">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> they currently face in accessing them</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A57756">
+        <w:t xml:space="preserve"> how it will support the candidate/s to achieve their exam. Your answer to this question will be scored.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Please </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B30513" w:rsidRPr="00A57756">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please refer to the Access Fund guidance.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="02DC9B0A" w14:textId="3B8F069D" w:rsidR="008A243A" w:rsidRDefault="008A243A" w:rsidP="000572FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78FD7ED6" w14:textId="7386DD6E" w:rsidR="00CE489B" w:rsidRDefault="00CE489B" w:rsidP="000572FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="10"/>
+      <w:r w:rsidRPr="00082C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">They need the exam fee so they can take their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00082C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>exams</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00082C48" w:rsidRPr="00082C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and they need the grant to pay for lessons as the parents can’t afford it.</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="10"/>
+      <w:r w:rsidR="00047A4D">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="10"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7631AD75" w14:textId="24D1E1D2" w:rsidR="000F03FD" w:rsidRDefault="000F03FD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>provide a rationale for each item confirming</w:t>
-[...89 lines deleted...]
-    <w:p w14:paraId="4D1441FC" w14:textId="3FE52919" w:rsidR="008A243A" w:rsidRPr="00C912AA" w:rsidRDefault="008A243A" w:rsidP="000F03FD">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D1441FC" w14:textId="3FE52919" w:rsidR="008A243A" w:rsidRPr="00C912AA" w:rsidRDefault="008A243A" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please provide a budget using the template provided, detail</w:t>
       </w:r>
       <w:r w:rsidR="00B85DAE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B85DAE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ALL</w:t>
       </w:r>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the costs involved in your candidate/s taking their Trinity exam. </w:t>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A1068">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the costs involved in your candidate/s taking their Trinity exam. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please indicate if any elements are being funded elsewhere and by whom. The maximum grant is £1,500 per group and £300 per individual.</w:t>
       </w:r>
       <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Your budget will be scored.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
@@ -7301,51 +7499,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Comments: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AA4B88" w14:textId="0520589B" w:rsidR="008A243A" w:rsidRPr="007A1068" w:rsidRDefault="008A243A" w:rsidP="008A243A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44F3EEA0" w14:textId="132A5718" w:rsidR="008A243A" w:rsidRPr="007A1068" w:rsidRDefault="008A243A" w:rsidP="000F03FD">
+    <w:p w14:paraId="44F3EEA0" w14:textId="132A5718" w:rsidR="008A243A" w:rsidRPr="007A1068" w:rsidRDefault="008A243A" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Total Access Fund amount applied for in this application (this must not exceed £1,500 for a group or £300 per individual candidate):</w:t>
       </w:r>
     </w:p>
@@ -7388,51 +7586,51 @@
         <w:t>1,500</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B221661" w14:textId="77777777" w:rsidR="00B85DAE" w:rsidRDefault="00B85DAE" w:rsidP="008A243A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67DA1B4C" w14:textId="77777777" w:rsidR="000F03FD" w:rsidRPr="007A1068" w:rsidRDefault="000F03FD" w:rsidP="008A243A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DB3D1DB" w14:textId="040005B7" w:rsidR="000572FE" w:rsidRPr="007A1068" w:rsidRDefault="001C347E" w:rsidP="000F03FD">
+    <w:p w14:paraId="1DB3D1DB" w14:textId="040005B7" w:rsidR="000572FE" w:rsidRPr="007A1068" w:rsidRDefault="001C347E" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Checklist:</w:t>
       </w:r>
     </w:p>
@@ -7687,118 +7885,118 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2C87CADE" w14:textId="34280899" w:rsidR="001C347E" w:rsidRDefault="001C347E" w:rsidP="001C347E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EDE99D7" w14:textId="77777777" w:rsidR="000F03FD" w:rsidRPr="007A1068" w:rsidRDefault="000F03FD" w:rsidP="001C347E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C9D854F" w14:textId="7257AE6C" w:rsidR="001C347E" w:rsidRPr="007A1068" w:rsidRDefault="001C347E" w:rsidP="000F03FD">
+    <w:p w14:paraId="4C9D854F" w14:textId="7257AE6C" w:rsidR="001C347E" w:rsidRPr="007A1068" w:rsidRDefault="001C347E" w:rsidP="00BB2074">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">We cannot accept </w:t>
       </w:r>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>applications</w:t>
       </w:r>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> by email or post; you must submit your application online. By submitting this application you state that all details provided are true and accurate and that you have read and agree to Trinity College London's </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="007A1068">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Privacy Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="007A1068">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Terms of Use</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007A1068">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Please confirm this by selecting the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5338F3D8" w14:textId="6E565767" w:rsidR="001C347E" w:rsidRPr="007A1068" w:rsidRDefault="001C347E" w:rsidP="001C347E">
       <w:pPr>
@@ -7888,51 +8086,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FD5A74B" w14:textId="53C9D141" w:rsidR="000572FE" w:rsidRPr="00194464" w:rsidRDefault="002F6584" w:rsidP="00194464">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any questions please email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>accessfund@trinitycollege.co.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
@@ -7946,294 +8144,313 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>go to the</w:t>
       </w:r>
       <w:r w:rsidR="004636E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Music and Drama Access Fund page on the</w:t>
       </w:r>
       <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Trinity website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004D3D00" w:rsidRPr="000F03FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000572FE" w:rsidRPr="00194464">
-      <w:headerReference w:type="default" r:id="rId18"/>
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:p w14:paraId="1F038EB9" w14:textId="77777777" w:rsidR="00194464" w:rsidRDefault="008078C7" w:rsidP="00697337">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="2" w:author="Katherine Stapley-Smith" w:date="2025-12-04T14:31:00Z" w:initials="KS">
+    <w:p w14:paraId="4E3EFE33" w14:textId="77777777" w:rsidR="003439BA" w:rsidRDefault="003439BA" w:rsidP="003439BA">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00194464">
-        <w:t>More individual detail is needed here on their musical journeys and their interest in learning an instrument etc. What exams has each of them taken? More individual detail needed on why they need the grant and how it would benefit them. More detail needed on their individual background so we can gain a better understanding of the candidates and their needs.</w:t>
+      <w:r>
+        <w:t>There is no detail on what the specific learning difficulties are and no detail on why one candidate is not in mainstream education. There is no mention of the minority group or any mention of the one candidate who is either a hospital outpatient/inpatient or is suffering long term health problems.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="4" w:author="Katherine Stapley-Smith" w:date="2023-12-12T16:53:00Z" w:initials="KSS">
-    <w:p w14:paraId="2DAC3087" w14:textId="44FE2CA1" w:rsidR="00CE489B" w:rsidRDefault="00CE489B" w:rsidP="00336C38">
+  <w:comment w:id="3" w:author="Katherine Stapley-Smith" w:date="2025-12-04T14:41:00Z" w:initials="KS">
+    <w:p w14:paraId="51D876E5" w14:textId="77777777" w:rsidR="007A55DD" w:rsidRDefault="007A55DD" w:rsidP="007A55DD">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Again, more individual detail needed here about the barriers each of them are experiencing and why and how it's stopping them from accessing our qualifications.</w:t>
+        <w:t>More individual detail is needed here on their musical journeys and their interest in learning an instrument etc. What exams has each of them taken? More detail needed on their individual background so we can gain a better understanding of the candidates and their needs. Do any of them play in ensembles at school or out of school? Do any of them enjoy practicing between lessons?</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="5" w:author="Katherine Stapley-Smith" w:date="2023-12-12T16:55:00Z" w:initials="KSS">
-    <w:p w14:paraId="5A0067EF" w14:textId="77777777" w:rsidR="00CE489B" w:rsidRDefault="00CE489B" w:rsidP="006462C9">
+  <w:comment w:id="5" w:author="Katherine Stapley-Smith" w:date="2023-12-12T16:53:00Z" w:initials="KSS">
+    <w:p w14:paraId="2DAC3087" w14:textId="77777777" w:rsidR="00C769D5" w:rsidRDefault="00CE489B" w:rsidP="00C769D5">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
+      <w:r w:rsidR="00C769D5">
+        <w:t>Again, more individual detail needed here about the barriers each of them are experiencing and why and how it's stopping them from accessing our qualifications. For example, how are their individual learning needs preventing them from accessing our qualifications? More detail needed on why they need the grant and how they would benefit from it.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="6" w:author="Katherine Stapley-Smith" w:date="2023-12-12T16:55:00Z" w:initials="KSS">
+    <w:p w14:paraId="5A0067EF" w14:textId="77777777" w:rsidR="00CD2E49" w:rsidRDefault="00CE489B" w:rsidP="00CD2E49">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
       <w:r>
-        <w:t>But how will this benefit them? Do they want to move onto the next grade? More detail needed about each candidate.</w:t>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00CD2E49">
+        <w:t>But how will doing their next exam actually benefit them? Do they want to move onto the next grade and progress as musicians? More detail needed about each candidate.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="7" w:author="Katherine Stapley-Smith" w:date="2023-12-12T16:57:00Z" w:initials="KSS">
-    <w:p w14:paraId="368D824D" w14:textId="77777777" w:rsidR="00CE489B" w:rsidRDefault="00CE489B" w:rsidP="00924366">
+  <w:comment w:id="8" w:author="Katherine Stapley-Smith" w:date="2023-12-12T16:57:00Z" w:initials="KSS">
+    <w:p w14:paraId="368D824D" w14:textId="77777777" w:rsidR="00086FDA" w:rsidRDefault="00CE489B" w:rsidP="00086FDA">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
+      <w:r w:rsidR="00086FDA">
+        <w:t>But how will it bring you other benefits as a teacher and your practice as a teacher? Will it enable you to gain any additional skills, knowledge and experience?</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="10" w:author="Katherine Stapley-Smith" w:date="2023-12-12T17:12:00Z" w:initials="KSS">
+    <w:p w14:paraId="35726DB5" w14:textId="77777777" w:rsidR="00AF16EF" w:rsidRDefault="00047A4D" w:rsidP="00AF16EF">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
       <w:r>
-        <w:t>But how will it bring you other benefits as a teacher and your practice as a teacher?</w:t>
-[...8 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00194464">
-        <w:t>No mention of specific equipment needed and why. More detail needed here to explain how each item will support the candidates to achieve their exam. How many lessons will each candidate be receiving? Who is paying for the £902 excess beyond the £1,500 grant?</w:t>
+      <w:r w:rsidR="00AF16EF">
+        <w:t>No mention of specific equipment needed and why. More detail needed here to explain how each item will support the candidates to achieve their exam. How many lessons will each candidate be receiving? Who is paying for the £916 excess for lesson costs beyond the £1,500 grant?</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w15:commentEx w15:paraId="1F038EB9" w15:done="0"/>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="4E3EFE33" w15:done="0"/>
+  <w15:commentEx w15:paraId="51D876E5" w15:done="0"/>
   <w15:commentEx w15:paraId="2DAC3087" w15:done="0"/>
   <w15:commentEx w15:paraId="5A0067EF" w15:done="0"/>
   <w15:commentEx w15:paraId="368D824D" w15:done="0"/>
   <w15:commentEx w15:paraId="35726DB5" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w16cex:commentExtensible w16cex:durableId="29230DB5" w16cex:dateUtc="2023-12-12T16:49:00Z"/>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="5DEB79A0" w16cex:dateUtc="2025-12-04T14:31:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="1CF98A66" w16cex:dateUtc="2025-12-04T14:41:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="29230E82" w16cex:dateUtc="2023-12-12T16:53:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="29230F0F" w16cex:dateUtc="2023-12-12T16:55:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="29230F78" w16cex:dateUtc="2023-12-12T16:57:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="292312F7" w16cex:dateUtc="2023-12-12T17:12:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w16cid:commentId w16cid:paraId="1F038EB9" w16cid:durableId="29230DB5"/>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="4E3EFE33" w16cid:durableId="5DEB79A0"/>
+  <w16cid:commentId w16cid:paraId="51D876E5" w16cid:durableId="1CF98A66"/>
   <w16cid:commentId w16cid:paraId="2DAC3087" w16cid:durableId="29230E82"/>
   <w16cid:commentId w16cid:paraId="5A0067EF" w16cid:durableId="29230F0F"/>
   <w16cid:commentId w16cid:paraId="368D824D" w16cid:durableId="29230F78"/>
   <w16cid:commentId w16cid:paraId="35726DB5" w16cid:durableId="292312F7"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06A03EB7" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRDefault="00EC6030" w:rsidP="000572FE">
+    <w:p w14:paraId="4E8B1923" w14:textId="77777777" w:rsidR="00861108" w:rsidRDefault="00861108" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FA305D3" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRDefault="00EC6030" w:rsidP="000572FE">
+    <w:p w14:paraId="26B95230" w14:textId="77777777" w:rsidR="00861108" w:rsidRDefault="00861108" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-319818081"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3F938DE3" w14:textId="79C72261" w:rsidR="004D3D00" w:rsidRDefault="004D3D00">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="004D3D00">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
@@ -8253,77 +8470,77 @@
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="004D3D00">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="10102BFF" w14:textId="77777777" w:rsidR="004D3D00" w:rsidRDefault="004D3D00">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61855FC5" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRDefault="00EC6030" w:rsidP="000572FE">
+    <w:p w14:paraId="16B4FBF2" w14:textId="77777777" w:rsidR="00861108" w:rsidRDefault="00861108" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EC3B7DF" w14:textId="77777777" w:rsidR="00EC6030" w:rsidRDefault="00EC6030" w:rsidP="000572FE">
+    <w:p w14:paraId="77B83355" w14:textId="77777777" w:rsidR="00861108" w:rsidRDefault="00861108" w:rsidP="000572FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5A88D72D" w14:textId="2B4C3F2D" w:rsidR="002955DB" w:rsidRPr="002955DB" w:rsidRDefault="00EC6030">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5A88D72D" w14:textId="7DB692A3" w:rsidR="002955DB" w:rsidRPr="002955DB" w:rsidRDefault="00EC6030">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002955DB">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="043A422A" wp14:editId="0EDF341C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>4562475</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-163830</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1516380" cy="438150"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="3" name="Picture 3"/>
@@ -8362,63 +8579,63 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="002955DB">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>January 202</w:t>
     </w:r>
-    <w:r w:rsidR="00EB33EE">
+    <w:r w:rsidR="00CD0C5A">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08F67876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15B8AE92"/>
     <w:lvl w:ilvl="0" w:tplc="DD78EA52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8692,50 +8909,141 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="122D6B7D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="86D656B8"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E487343"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86D656B8"/>
     <w:lvl w:ilvl="0" w:tplc="9A589450">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8782,51 +9090,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26AF47C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C284F1FA"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8868,51 +9176,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36575634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5F88188"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8954,51 +9262,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41517815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="376EDDA0"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9040,51 +9348,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47A3756E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B140B66"/>
     <w:lvl w:ilvl="0" w:tplc="DD78EA52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9130,51 +9438,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DAC7396"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="411E818C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9216,51 +9524,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D153C64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="209A2152"/>
     <w:lvl w:ilvl="0" w:tplc="DD78EA52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9307,264 +9615,311 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="23213367">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="908265601">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1342200030">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="729961696">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="311103690">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1803420241">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1803420241">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="7" w16cid:durableId="1183396341">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2017345126">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="737165549">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="211045972">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1641418349">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Katherine Stapley-Smith">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Katherine.Stapley-Smith@trinitycollege.com::ccce0ebb-38f1-4113-b114-c196313bc846"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000572FE"/>
     <w:rsid w:val="0001255F"/>
     <w:rsid w:val="00047A4D"/>
+    <w:rsid w:val="00052DE7"/>
     <w:rsid w:val="000572FE"/>
     <w:rsid w:val="00065210"/>
     <w:rsid w:val="00082C48"/>
+    <w:rsid w:val="00086FDA"/>
+    <w:rsid w:val="000959B9"/>
     <w:rsid w:val="000A4B52"/>
     <w:rsid w:val="000A5455"/>
     <w:rsid w:val="000A5F1C"/>
     <w:rsid w:val="000E0A3D"/>
     <w:rsid w:val="000E7D45"/>
     <w:rsid w:val="000F03FD"/>
     <w:rsid w:val="0010060A"/>
     <w:rsid w:val="0012274F"/>
+    <w:rsid w:val="00136B0D"/>
+    <w:rsid w:val="00175815"/>
     <w:rsid w:val="00184912"/>
     <w:rsid w:val="00194464"/>
     <w:rsid w:val="001C347E"/>
     <w:rsid w:val="001E7EBC"/>
     <w:rsid w:val="00227761"/>
     <w:rsid w:val="00233E5D"/>
     <w:rsid w:val="00240CD2"/>
     <w:rsid w:val="00262B35"/>
     <w:rsid w:val="00265647"/>
     <w:rsid w:val="00284A18"/>
     <w:rsid w:val="00290413"/>
     <w:rsid w:val="00290E5D"/>
+    <w:rsid w:val="002937F0"/>
+    <w:rsid w:val="002954CC"/>
     <w:rsid w:val="002955DB"/>
     <w:rsid w:val="00296C2C"/>
+    <w:rsid w:val="002D259D"/>
+    <w:rsid w:val="002D65C0"/>
+    <w:rsid w:val="002D6B9F"/>
     <w:rsid w:val="002F6584"/>
+    <w:rsid w:val="003439BA"/>
+    <w:rsid w:val="00362EC6"/>
     <w:rsid w:val="0037688B"/>
     <w:rsid w:val="00380124"/>
     <w:rsid w:val="00387217"/>
     <w:rsid w:val="003C3CA3"/>
+    <w:rsid w:val="003C4113"/>
+    <w:rsid w:val="003D1966"/>
     <w:rsid w:val="0043516B"/>
+    <w:rsid w:val="004516E5"/>
     <w:rsid w:val="004607BD"/>
     <w:rsid w:val="004636E0"/>
+    <w:rsid w:val="00481239"/>
     <w:rsid w:val="004831F4"/>
+    <w:rsid w:val="004B0264"/>
     <w:rsid w:val="004D3D00"/>
+    <w:rsid w:val="004E73ED"/>
     <w:rsid w:val="00501D93"/>
     <w:rsid w:val="0051495C"/>
     <w:rsid w:val="00517AEB"/>
     <w:rsid w:val="005252DD"/>
+    <w:rsid w:val="0054399B"/>
     <w:rsid w:val="00553FDF"/>
     <w:rsid w:val="0056146E"/>
     <w:rsid w:val="00566820"/>
     <w:rsid w:val="005B79E6"/>
     <w:rsid w:val="005C355E"/>
     <w:rsid w:val="005D37EE"/>
     <w:rsid w:val="00623EF9"/>
+    <w:rsid w:val="00635EAB"/>
+    <w:rsid w:val="0064238D"/>
     <w:rsid w:val="00651AAB"/>
     <w:rsid w:val="00674A28"/>
     <w:rsid w:val="00674C92"/>
     <w:rsid w:val="006971A4"/>
     <w:rsid w:val="006A517F"/>
     <w:rsid w:val="006B06F2"/>
+    <w:rsid w:val="006F783F"/>
     <w:rsid w:val="007145B0"/>
     <w:rsid w:val="007540A2"/>
     <w:rsid w:val="00797F5E"/>
     <w:rsid w:val="007A1068"/>
+    <w:rsid w:val="007A55DD"/>
+    <w:rsid w:val="007D2FBD"/>
     <w:rsid w:val="008078C7"/>
     <w:rsid w:val="00824AE4"/>
     <w:rsid w:val="0084357A"/>
     <w:rsid w:val="008454FB"/>
+    <w:rsid w:val="00857A39"/>
+    <w:rsid w:val="00861108"/>
     <w:rsid w:val="00876D3B"/>
     <w:rsid w:val="008A00F2"/>
     <w:rsid w:val="008A243A"/>
     <w:rsid w:val="008D4116"/>
     <w:rsid w:val="008E243B"/>
     <w:rsid w:val="008F0CCC"/>
     <w:rsid w:val="00900B6D"/>
     <w:rsid w:val="00927479"/>
+    <w:rsid w:val="00927E68"/>
+    <w:rsid w:val="0095221A"/>
     <w:rsid w:val="00956D91"/>
     <w:rsid w:val="00981951"/>
     <w:rsid w:val="0098223F"/>
     <w:rsid w:val="009A5453"/>
     <w:rsid w:val="009E397D"/>
+    <w:rsid w:val="009F50AA"/>
     <w:rsid w:val="00A05053"/>
     <w:rsid w:val="00A17D0B"/>
     <w:rsid w:val="00A41BE5"/>
     <w:rsid w:val="00A57756"/>
     <w:rsid w:val="00A60AC4"/>
     <w:rsid w:val="00AB0299"/>
     <w:rsid w:val="00AC44FA"/>
     <w:rsid w:val="00AE6CE0"/>
+    <w:rsid w:val="00AF16EF"/>
     <w:rsid w:val="00AF5CCC"/>
     <w:rsid w:val="00B30513"/>
+    <w:rsid w:val="00B45E50"/>
     <w:rsid w:val="00B73BEB"/>
     <w:rsid w:val="00B85DAE"/>
     <w:rsid w:val="00B965B4"/>
+    <w:rsid w:val="00BB0925"/>
+    <w:rsid w:val="00BB2074"/>
     <w:rsid w:val="00BB31AF"/>
+    <w:rsid w:val="00BB525A"/>
     <w:rsid w:val="00BE5678"/>
     <w:rsid w:val="00BF7C9F"/>
     <w:rsid w:val="00C6122A"/>
+    <w:rsid w:val="00C769D5"/>
+    <w:rsid w:val="00C76B62"/>
     <w:rsid w:val="00C912AA"/>
     <w:rsid w:val="00C97328"/>
     <w:rsid w:val="00CC3419"/>
     <w:rsid w:val="00CC5176"/>
+    <w:rsid w:val="00CD0C5A"/>
     <w:rsid w:val="00CD1B07"/>
+    <w:rsid w:val="00CD2E49"/>
     <w:rsid w:val="00CE489B"/>
     <w:rsid w:val="00CF5C27"/>
     <w:rsid w:val="00D334B3"/>
+    <w:rsid w:val="00D375F9"/>
     <w:rsid w:val="00D61C01"/>
+    <w:rsid w:val="00D709B3"/>
     <w:rsid w:val="00D851E3"/>
+    <w:rsid w:val="00D86A33"/>
     <w:rsid w:val="00DB7F4F"/>
     <w:rsid w:val="00DD3169"/>
+    <w:rsid w:val="00E12B30"/>
     <w:rsid w:val="00E62A36"/>
     <w:rsid w:val="00E85920"/>
     <w:rsid w:val="00EB33EE"/>
     <w:rsid w:val="00EC00E0"/>
     <w:rsid w:val="00EC30C4"/>
     <w:rsid w:val="00EC6030"/>
     <w:rsid w:val="00EF1C96"/>
     <w:rsid w:val="00EF421D"/>
     <w:rsid w:val="00F06F6F"/>
+    <w:rsid w:val="00F4547F"/>
     <w:rsid w:val="00F568C3"/>
     <w:rsid w:val="00F74F95"/>
     <w:rsid w:val="00FD13CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="03585777"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EFFB590D-781A-426E-9307-F2F62F68F3F1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10163,58 +10518,58 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00233E5D"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="000A4B52"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/local-trinity/UK/music/book-exam/public-centre-booking" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/resource/?id=8978" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/local-trinity/UK/music/music-support-events/link-to-music-drama-access-fund" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accessfund@trinitycollege.co.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/page/terms" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/qualifications/music/special-needs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/page/privacy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/page/terms" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/resource/?id=8978" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/page/privacy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/local-trinity/UK/music/music-support-events/link-to-music-drama-access-fund" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/qualifications/music/special-needs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trinitycollege.com/local-trinity/UK/music/book-exam/public-centre-booking" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accessfund@trinitycollege.co.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -10472,74 +10827,362 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="900d71be-56e1-430a-bf01-b9540566e602" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0db2115f-a424-45b3-91d1-505fee2d4b90">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8EC46543F17674DB7BAEB006C683275" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1507067973a2fd16952049bc2cfafb4a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0db2115f-a424-45b3-91d1-505fee2d4b90" xmlns:ns3="900d71be-56e1-430a-bf01-b9540566e602" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43c4ffbd4ff5ff8d2108c3e7ae6ecbfe" ns2:_="" ns3:_="">
+    <xsd:import namespace="0db2115f-a424-45b3-91d1-505fee2d4b90"/>
+    <xsd:import namespace="900d71be-56e1-430a-bf01-b9540566e602"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0db2115f-a424-45b3-91d1-505fee2d4b90" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4bd8122d-08b1-42ba-905d-69a51aae94aa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="900d71be-56e1-430a-bf01-b9540566e602" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e699a3f4-8298-405d-a0fd-315b4ff9bb28}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="900d71be-56e1-430a-bf01-b9540566e602">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06100C2E-C246-4BEA-860C-E19E87EEF8DB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="900d71be-56e1-430a-bf01-b9540566e602"/>
+    <ds:schemaRef ds:uri="0db2115f-a424-45b3-91d1-505fee2d4b90"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DF4DA59-3D02-4D2C-954A-458BF9F48328}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0db2115f-a424-45b3-91d1-505fee2d4b90"/>
+    <ds:schemaRef ds:uri="900d71be-56e1-430a-bf01-b9540566e602"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06A21F02-FB1F-4F44-A484-527C9767BC0B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10038</Characters>
+  <Pages>7</Pages>
+  <Words>1975</Words>
+  <Characters>9861</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>469</Lines>
+  <Paragraphs>211</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11776</CharactersWithSpaces>
+  <CharactersWithSpaces>11625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Katherine Stapley-Smith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100D8EC46543F17674DB7BAEB006C683275</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>