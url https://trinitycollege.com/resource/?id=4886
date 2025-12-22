--- v0 (2025-11-01)
+++ v1 (2025-12-22)
@@ -1688,322 +1688,322 @@
               <w:t>There is a maximum charge of £</w:t>
             </w:r>
             <w:r w:rsidR="006E7CC2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
             <w:r w:rsidRPr="007B610A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> for each certificate order.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6666DF9E" w14:textId="343DDA0A" w:rsidR="00E5793D" w:rsidRPr="007B610A" w:rsidRDefault="000D07E3" w:rsidP="007B610A">
+          <w:p w14:paraId="6666DF9E" w14:textId="5A53DEB2" w:rsidR="00E5793D" w:rsidRPr="007B610A" w:rsidRDefault="000D07E3" w:rsidP="007B610A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D07E3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>£4.</w:t>
             </w:r>
-            <w:r w:rsidR="00FC312E">
-[...13 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00D27371">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E5793D" w:rsidRPr="007B610A" w14:paraId="5D73B9B9" w14:textId="77777777" w:rsidTr="00E56EE4">
         <w:trPr>
           <w:trHeight w:val="204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5327" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2264C2F1" w14:textId="77777777" w:rsidR="00E5793D" w:rsidRPr="007B610A" w:rsidRDefault="00E5793D" w:rsidP="007B610A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B610A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Arts Award Explore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E974D0E" w14:textId="754D7428" w:rsidR="00E5793D" w:rsidRPr="007B610A" w:rsidRDefault="00E5793D" w:rsidP="007B610A">
+          <w:p w14:paraId="0E974D0E" w14:textId="2F5FDEE0" w:rsidR="00E5793D" w:rsidRPr="007B610A" w:rsidRDefault="00E5793D" w:rsidP="007B610A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B610A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="000D07E3" w:rsidRPr="000D07E3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00FC312E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="002169A5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>.30</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D27371">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E5793D" w:rsidRPr="007B610A" w14:paraId="49A7BAE7" w14:textId="77777777" w:rsidTr="00E56EE4">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5327" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63109CF5" w14:textId="266AB1EF" w:rsidR="00E5793D" w:rsidRPr="007B610A" w:rsidRDefault="00E56EE4" w:rsidP="007B610A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E56EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Awards and Certificates in Musical Development Entry 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F62501A" w14:textId="21BE25ED" w:rsidR="00E5793D" w:rsidRPr="007B610A" w:rsidRDefault="00E5793D" w:rsidP="007B610A">
+          <w:p w14:paraId="0F62501A" w14:textId="5DACC1FC" w:rsidR="00E5793D" w:rsidRPr="007B610A" w:rsidRDefault="00E5793D" w:rsidP="007B610A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B610A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="000D07E3" w:rsidRPr="000D07E3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00FC312E">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00D27371">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E56EE4" w:rsidRPr="007B610A" w14:paraId="59FCED85" w14:textId="77777777" w:rsidTr="00E56EE4">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5327" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="088BA5FA" w14:textId="40D77BEA" w:rsidR="00E56EE4" w:rsidRDefault="00E56EE4" w:rsidP="00E56EE4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E56EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Awards and Certificates in Musical Development Entry </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="706B287B" w14:textId="1F589679" w:rsidR="00E56EE4" w:rsidRDefault="00E56EE4" w:rsidP="00E56EE4">
+          <w:p w14:paraId="706B287B" w14:textId="17D5E3A7" w:rsidR="00E56EE4" w:rsidRDefault="00E56EE4" w:rsidP="00E56EE4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B610A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidRPr="000D07E3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00FC312E">
+            <w:r w:rsidR="00D27371">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="49E76109" w14:textId="77777777" w:rsidR="00CC2738" w:rsidRDefault="00CC2738" w:rsidP="00BD2A0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="7501" w:tblpY="-3059"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -2259,202 +2259,220 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ppropriate box</w:t>
       </w:r>
       <w:r w:rsidR="00990D70" w:rsidRPr="00652339">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and provide details as applicable</w:t>
       </w:r>
       <w:r w:rsidR="00204A95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2132"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="152"/>
         <w:gridCol w:w="992"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="840"/>
+        <w:gridCol w:w="1453"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="440"/>
         <w:gridCol w:w="992"/>
-        <w:gridCol w:w="1727"/>
+        <w:gridCol w:w="120"/>
+        <w:gridCol w:w="1607"/>
         <w:gridCol w:w="411"/>
+        <w:gridCol w:w="125"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00676A81" w14:paraId="584C3B59" w14:textId="77777777" w:rsidTr="00736AB1">
+      <w:tr w:rsidR="00676A81" w14:paraId="584C3B59" w14:textId="77777777" w:rsidTr="00D27371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="125" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7B267803" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LANGUAGE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DD6F98A" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRPr="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="0B2FCCB9" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PERFORMING ARTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43CD816A" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRPr="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3DEA9FCB" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ARTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D00F1E1" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRPr="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676A81" w14:paraId="36C47D1D" w14:textId="77777777" w:rsidTr="00736AB1">
+      <w:tr w:rsidR="00676A81" w14:paraId="36C47D1D" w14:textId="77777777" w:rsidTr="00D27371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="125" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7F8DB3D9" w14:textId="77777777" w:rsidR="00FA30FB" w:rsidRPr="00676A81" w:rsidRDefault="00676A81" w:rsidP="00F877AB">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ESOL Skills for Life</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
@@ -2502,50 +2520,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="0C482C66" w14:textId="77777777" w:rsidR="00FA30FB" w:rsidRPr="00676A81" w:rsidRDefault="00676A81" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DANCE (including Teaching, Safe Dance Practice)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
@@ -2591,50 +2610,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5B75DB1D" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ARTS AWARD                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
           </w:tcPr>
@@ -2678,54 +2698,59 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676A81" w14:paraId="6EA635DB" w14:textId="77777777" w:rsidTr="00736AB1">
+      <w:tr w:rsidR="00676A81" w14:paraId="6EA635DB" w14:textId="77777777" w:rsidTr="00D27371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="125" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2B009BFA" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRPr="00676A81" w:rsidRDefault="00676A81" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ISE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
@@ -2771,50 +2796,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="4AD7BA60" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRPr="00676A81" w:rsidRDefault="00676A81" w:rsidP="00676A81">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DRAMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
@@ -2860,50 +2886,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4B5D8306" w14:textId="467DC066" w:rsidR="00ED3BF2" w:rsidRDefault="0098244E" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0053557D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ACMD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
           </w:tcPr>
@@ -2947,54 +2974,59 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676A81" w14:paraId="4A04A48F" w14:textId="77777777" w:rsidTr="00736AB1">
+      <w:tr w:rsidR="00676A81" w14:paraId="4A04A48F" w14:textId="77777777" w:rsidTr="00D27371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="125" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="796CF3AA" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00676A81" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>GESE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
@@ -3040,50 +3072,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="3DA9966E" w14:textId="0AD8C5F5" w:rsidR="00ED3BF2" w:rsidRPr="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00ED3BF2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MUSIC (including Rock &amp; Pop</w:t>
             </w:r>
             <w:r w:rsidR="00834094">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3153,116 +3186,123 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="56565CA7" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A2D6190" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676A81" w14:paraId="623FCF5F" w14:textId="77777777" w:rsidTr="00736AB1">
+      <w:tr w:rsidR="00676A81" w14:paraId="623FCF5F" w14:textId="77777777" w:rsidTr="00D27371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="125" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2F29D439" w14:textId="5D331201" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72BF531D" w14:textId="5A70F96B" w:rsidR="00ED3BF2" w:rsidRPr="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00ED3BF2">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="30E47985" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRPr="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="00ED3BF2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PPAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
@@ -3308,110 +3348,116 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="29BA0C58" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61786176" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676A81" w14:paraId="4194637C" w14:textId="77777777" w:rsidTr="00736AB1">
+      <w:tr w:rsidR="00676A81" w14:paraId="4194637C" w14:textId="77777777" w:rsidTr="00D27371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="125" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="450351BE" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00676A81" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TESOL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B63C4E2" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRPr="00ED3BF2" w:rsidRDefault="00A82FE1" w:rsidP="00ED3BF2">
+          <w:p w14:paraId="1316FD69" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00A82FE1" w:rsidP="00ED3BF2">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -3427,143 +3473,144 @@
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
+          <w:p w14:paraId="2B63C4E2" w14:textId="77777777" w:rsidR="00F2688F" w:rsidRPr="00ED3BF2" w:rsidRDefault="00F2688F" w:rsidP="00ED3BF2">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2D84EA4B" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F1D1111" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7924A080" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D2E3ADA" w14:textId="77777777" w:rsidR="00ED3BF2" w:rsidRDefault="00ED3BF2" w:rsidP="009E6EA9">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      <w:tr w:rsidR="00C66F4E" w14:paraId="2B6878ED" w14:textId="77777777" w:rsidTr="00463870">
+      <w:tr w:rsidR="00C66F4E" w14:paraId="2B6878ED" w14:textId="77777777" w:rsidTr="00D27371">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="067B332B" w14:textId="189B3C85" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00D21824" w:rsidP="35BDF089">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="35BDF089">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -3627,50 +3674,51 @@
             <w:r w:rsidR="0576CAA3" w:rsidRPr="35BDF089">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>number</w:t>
             </w:r>
             <w:r w:rsidR="00C66F4E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3F66AB59" w14:textId="0751D155" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00C66F4E" w:rsidP="00D21824">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Candidate name</w:t>
             </w:r>
           </w:p>
@@ -3714,50 +3762,51 @@
           <w:p w14:paraId="7F66FE98" w14:textId="77777777" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00D21824" w:rsidP="002675DA">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D21824">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Exam type and grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2D41FE10" w14:textId="77777777" w:rsidR="00D21824" w:rsidRDefault="00D21824" w:rsidP="002675DA">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D21824">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Session</w:t>
             </w:r>
           </w:p>
@@ -3773,117 +3822,133 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(month/y</w:t>
             </w:r>
             <w:r w:rsidR="00D21824">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ear)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2138" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="73D0C6D3" w14:textId="77777777" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00D21824" w:rsidP="002675DA">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D21824">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C66F4E" w14:paraId="695008EE" w14:textId="77777777" w:rsidTr="00463870">
+      <w:tr w:rsidR="00C66F4E" w14:paraId="695008EE" w14:textId="77777777" w:rsidTr="00D27371">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61F3E1B4" w14:textId="77777777" w:rsidR="00D21824" w:rsidRDefault="00D21824" w:rsidP="35BDF089">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6426ACC7" w14:textId="77777777" w:rsidR="00F877AB" w:rsidRPr="00D21824" w:rsidRDefault="00F877AB" w:rsidP="002675DA">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3ABF27D5" w14:textId="597699BA" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00D21824" w:rsidP="002675DA">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1453" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5267F28A" w14:textId="77777777" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00D21824" w:rsidP="002675DA">
@@ -3901,70 +3966,72 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1661" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78D08201" w14:textId="77777777" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00D21824" w:rsidP="35BDF089">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72185373" w14:textId="77777777" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00D21824" w:rsidP="002675DA">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2138" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A4662FB" w14:textId="77777777" w:rsidR="00D21824" w:rsidRPr="00D21824" w:rsidRDefault="00D21824" w:rsidP="002675DA">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E2CDCD6" w14:textId="77777777" w:rsidR="00BD1E78" w:rsidRPr="00184BDC" w:rsidRDefault="00BD1E78" w:rsidP="00BD1E78">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="14"/>
@@ -4269,71 +4336,71 @@
     </w:tbl>
     <w:p w14:paraId="4758F5BE" w14:textId="4347892A" w:rsidR="00AB2DC1" w:rsidRPr="00184BDC" w:rsidRDefault="00AB2DC1" w:rsidP="00D7384E">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AB2DC1" w:rsidRPr="00184BDC" w:rsidSect="009E6EA9">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="624" w:bottom="0" w:left="624" w:header="709" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="240B402D" w14:textId="77777777" w:rsidR="00DF5434" w:rsidRDefault="00DF5434" w:rsidP="00017D51">
+    <w:p w14:paraId="734468DD" w14:textId="77777777" w:rsidR="003F194C" w:rsidRDefault="003F194C" w:rsidP="00017D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="301D518F" w14:textId="77777777" w:rsidR="00DF5434" w:rsidRDefault="00DF5434" w:rsidP="00017D51">
+    <w:p w14:paraId="693D2456" w14:textId="77777777" w:rsidR="003F194C" w:rsidRDefault="003F194C" w:rsidP="00017D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="63740F2C" w14:textId="77777777" w:rsidR="00DF5434" w:rsidRDefault="00DF5434">
+    <w:p w14:paraId="6785735B" w14:textId="77777777" w:rsidR="003F194C" w:rsidRDefault="003F194C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -4386,71 +4453,71 @@
   <w:p w14:paraId="54B1C38A" w14:textId="74B78E48" w:rsidR="007D3A2E" w:rsidRPr="002675DA" w:rsidRDefault="000E3FC6" w:rsidP="00017D51">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>0425</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FCEB525" w14:textId="77777777" w:rsidR="00DF5434" w:rsidRDefault="00DF5434" w:rsidP="00017D51">
+    <w:p w14:paraId="2906BDC0" w14:textId="77777777" w:rsidR="003F194C" w:rsidRDefault="003F194C" w:rsidP="00017D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A109C94" w14:textId="77777777" w:rsidR="00DF5434" w:rsidRDefault="00DF5434" w:rsidP="00017D51">
+    <w:p w14:paraId="58062DAB" w14:textId="77777777" w:rsidR="003F194C" w:rsidRDefault="003F194C" w:rsidP="00017D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7B5CCD9A" w14:textId="77777777" w:rsidR="00DF5434" w:rsidRDefault="00DF5434">
+    <w:p w14:paraId="6C8D578A" w14:textId="77777777" w:rsidR="003F194C" w:rsidRDefault="003F194C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="199778C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFD4F0AE"/>
     <w:lvl w:ilvl="0" w:tplc="CF5ED86A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="870" w:hanging="510"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4770,89 +4837,90 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1343243192">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1507207328">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1085494509">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-width-relative:margin;mso-height-relative:margin" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00822DEF"/>
     <w:rsid w:val="0001221E"/>
     <w:rsid w:val="00017D51"/>
     <w:rsid w:val="00033F45"/>
     <w:rsid w:val="00055214"/>
     <w:rsid w:val="0005680B"/>
     <w:rsid w:val="00056A78"/>
     <w:rsid w:val="00060D43"/>
     <w:rsid w:val="00063242"/>
     <w:rsid w:val="000649FC"/>
+    <w:rsid w:val="00072CE8"/>
     <w:rsid w:val="000809C4"/>
     <w:rsid w:val="00090D18"/>
     <w:rsid w:val="0009607E"/>
     <w:rsid w:val="000A0EDA"/>
     <w:rsid w:val="000A73A2"/>
     <w:rsid w:val="000B6A18"/>
     <w:rsid w:val="000B763F"/>
     <w:rsid w:val="000C0871"/>
     <w:rsid w:val="000C7B8D"/>
     <w:rsid w:val="000D07E3"/>
     <w:rsid w:val="000E3FC6"/>
     <w:rsid w:val="000F0368"/>
     <w:rsid w:val="00102503"/>
     <w:rsid w:val="0010283E"/>
     <w:rsid w:val="00114FF1"/>
     <w:rsid w:val="001218A2"/>
     <w:rsid w:val="00131059"/>
     <w:rsid w:val="001338CB"/>
     <w:rsid w:val="00165820"/>
     <w:rsid w:val="001673B4"/>
     <w:rsid w:val="00184BDC"/>
     <w:rsid w:val="001A34A7"/>
     <w:rsid w:val="001C58B0"/>
     <w:rsid w:val="001D0EE7"/>
     <w:rsid w:val="001D65F4"/>
@@ -4864,59 +4932,61 @@
     <w:rsid w:val="002428B3"/>
     <w:rsid w:val="0024432F"/>
     <w:rsid w:val="00255A88"/>
     <w:rsid w:val="0026028C"/>
     <w:rsid w:val="00264252"/>
     <w:rsid w:val="002675DA"/>
     <w:rsid w:val="00285E1F"/>
     <w:rsid w:val="002877A5"/>
     <w:rsid w:val="002A085D"/>
     <w:rsid w:val="002B07AC"/>
     <w:rsid w:val="002B1EBD"/>
     <w:rsid w:val="002B39BF"/>
     <w:rsid w:val="002E25A0"/>
     <w:rsid w:val="002E5BA1"/>
     <w:rsid w:val="002E6508"/>
     <w:rsid w:val="002E74DF"/>
     <w:rsid w:val="00333F34"/>
     <w:rsid w:val="00334E3D"/>
     <w:rsid w:val="00337653"/>
     <w:rsid w:val="00352520"/>
     <w:rsid w:val="0035499F"/>
     <w:rsid w:val="00357B3F"/>
     <w:rsid w:val="00360914"/>
     <w:rsid w:val="00361CE3"/>
     <w:rsid w:val="003740A4"/>
+    <w:rsid w:val="003742A6"/>
     <w:rsid w:val="00382959"/>
     <w:rsid w:val="00385E77"/>
     <w:rsid w:val="00386AAD"/>
     <w:rsid w:val="003A1630"/>
     <w:rsid w:val="003B40BE"/>
     <w:rsid w:val="003B5AE8"/>
     <w:rsid w:val="003C5FDE"/>
     <w:rsid w:val="003C72E5"/>
     <w:rsid w:val="003D1A4F"/>
+    <w:rsid w:val="003F194C"/>
     <w:rsid w:val="004079F8"/>
     <w:rsid w:val="0041650A"/>
     <w:rsid w:val="00423DAF"/>
     <w:rsid w:val="00425C35"/>
     <w:rsid w:val="00426D0A"/>
     <w:rsid w:val="00447AA7"/>
     <w:rsid w:val="004511E3"/>
     <w:rsid w:val="00453E95"/>
     <w:rsid w:val="00463870"/>
     <w:rsid w:val="00465FD7"/>
     <w:rsid w:val="00472DD1"/>
     <w:rsid w:val="004765F6"/>
     <w:rsid w:val="004826D0"/>
     <w:rsid w:val="004A108A"/>
     <w:rsid w:val="004A301B"/>
     <w:rsid w:val="004B1C0D"/>
     <w:rsid w:val="004B3448"/>
     <w:rsid w:val="004B707F"/>
     <w:rsid w:val="004C0EC4"/>
     <w:rsid w:val="004C43F8"/>
     <w:rsid w:val="004C6BC6"/>
     <w:rsid w:val="004D748C"/>
     <w:rsid w:val="004E05E3"/>
     <w:rsid w:val="004F1CE1"/>
     <w:rsid w:val="004F2A95"/>
@@ -4934,50 +5004,51 @@
     <w:rsid w:val="005817DB"/>
     <w:rsid w:val="00590995"/>
     <w:rsid w:val="005945D4"/>
     <w:rsid w:val="005A2342"/>
     <w:rsid w:val="005A52AD"/>
     <w:rsid w:val="005B7473"/>
     <w:rsid w:val="005D1135"/>
     <w:rsid w:val="005E2406"/>
     <w:rsid w:val="005E29E0"/>
     <w:rsid w:val="005E35B1"/>
     <w:rsid w:val="005F4468"/>
     <w:rsid w:val="00600406"/>
     <w:rsid w:val="006212CA"/>
     <w:rsid w:val="00623233"/>
     <w:rsid w:val="00625382"/>
     <w:rsid w:val="006253A5"/>
     <w:rsid w:val="00637A93"/>
     <w:rsid w:val="0064694C"/>
     <w:rsid w:val="0064720A"/>
     <w:rsid w:val="00652339"/>
     <w:rsid w:val="00653596"/>
     <w:rsid w:val="0066741E"/>
     <w:rsid w:val="006725BC"/>
     <w:rsid w:val="00676A81"/>
     <w:rsid w:val="006835BD"/>
+    <w:rsid w:val="00690BFC"/>
     <w:rsid w:val="006A0D6D"/>
     <w:rsid w:val="006A6E53"/>
     <w:rsid w:val="006D6837"/>
     <w:rsid w:val="006E03C6"/>
     <w:rsid w:val="006E7CC2"/>
     <w:rsid w:val="006F1B07"/>
     <w:rsid w:val="006F3641"/>
     <w:rsid w:val="00705BE5"/>
     <w:rsid w:val="0072183D"/>
     <w:rsid w:val="00736761"/>
     <w:rsid w:val="00736AB1"/>
     <w:rsid w:val="007739AE"/>
     <w:rsid w:val="00783BA4"/>
     <w:rsid w:val="007938BC"/>
     <w:rsid w:val="0079745E"/>
     <w:rsid w:val="007A739A"/>
     <w:rsid w:val="007B184A"/>
     <w:rsid w:val="007B610A"/>
     <w:rsid w:val="007C6C26"/>
     <w:rsid w:val="007D3A2E"/>
     <w:rsid w:val="007D5BF4"/>
     <w:rsid w:val="007F223A"/>
     <w:rsid w:val="007F41C2"/>
     <w:rsid w:val="00806D44"/>
     <w:rsid w:val="00807883"/>
@@ -5049,89 +5120,92 @@
     <w:rsid w:val="00BC2D4A"/>
     <w:rsid w:val="00BC4BCA"/>
     <w:rsid w:val="00BC660D"/>
     <w:rsid w:val="00BD1218"/>
     <w:rsid w:val="00BD1E78"/>
     <w:rsid w:val="00BD28DB"/>
     <w:rsid w:val="00BD2A0F"/>
     <w:rsid w:val="00BF6D7C"/>
     <w:rsid w:val="00C12F08"/>
     <w:rsid w:val="00C14C2F"/>
     <w:rsid w:val="00C234A2"/>
     <w:rsid w:val="00C36D32"/>
     <w:rsid w:val="00C64C67"/>
     <w:rsid w:val="00C66F4E"/>
     <w:rsid w:val="00C9333A"/>
     <w:rsid w:val="00C971E6"/>
     <w:rsid w:val="00CA50C4"/>
     <w:rsid w:val="00CB7FE4"/>
     <w:rsid w:val="00CC2738"/>
     <w:rsid w:val="00CC3943"/>
     <w:rsid w:val="00CC5EAE"/>
     <w:rsid w:val="00CE32F2"/>
     <w:rsid w:val="00D04FC5"/>
     <w:rsid w:val="00D21824"/>
     <w:rsid w:val="00D2369F"/>
+    <w:rsid w:val="00D27371"/>
     <w:rsid w:val="00D3561C"/>
     <w:rsid w:val="00D51E92"/>
     <w:rsid w:val="00D52869"/>
     <w:rsid w:val="00D55ED9"/>
     <w:rsid w:val="00D64726"/>
     <w:rsid w:val="00D7384E"/>
     <w:rsid w:val="00D754E2"/>
     <w:rsid w:val="00D81AD5"/>
     <w:rsid w:val="00D85F59"/>
     <w:rsid w:val="00DA7801"/>
     <w:rsid w:val="00DB3C02"/>
     <w:rsid w:val="00DC31A0"/>
     <w:rsid w:val="00DC7674"/>
     <w:rsid w:val="00DD56F5"/>
     <w:rsid w:val="00DF2B10"/>
     <w:rsid w:val="00DF5434"/>
     <w:rsid w:val="00E04E4C"/>
     <w:rsid w:val="00E10746"/>
     <w:rsid w:val="00E27E20"/>
+    <w:rsid w:val="00E32969"/>
     <w:rsid w:val="00E330C7"/>
     <w:rsid w:val="00E37B69"/>
     <w:rsid w:val="00E42E95"/>
     <w:rsid w:val="00E46328"/>
     <w:rsid w:val="00E52A94"/>
     <w:rsid w:val="00E56EE4"/>
     <w:rsid w:val="00E5793D"/>
     <w:rsid w:val="00E6148D"/>
     <w:rsid w:val="00E86C3D"/>
     <w:rsid w:val="00E96688"/>
     <w:rsid w:val="00EB00B5"/>
     <w:rsid w:val="00EB0924"/>
     <w:rsid w:val="00EC20CF"/>
     <w:rsid w:val="00EC2D4A"/>
     <w:rsid w:val="00EC39C9"/>
     <w:rsid w:val="00EC6AAA"/>
     <w:rsid w:val="00ED3319"/>
     <w:rsid w:val="00ED3BF2"/>
     <w:rsid w:val="00EE5779"/>
     <w:rsid w:val="00EF3382"/>
+    <w:rsid w:val="00F2688F"/>
     <w:rsid w:val="00F42818"/>
     <w:rsid w:val="00F448BE"/>
     <w:rsid w:val="00F46535"/>
     <w:rsid w:val="00F501A3"/>
     <w:rsid w:val="00F636F2"/>
     <w:rsid w:val="00F6529B"/>
     <w:rsid w:val="00F779DC"/>
     <w:rsid w:val="00F862C8"/>
     <w:rsid w:val="00F872BB"/>
     <w:rsid w:val="00F877AB"/>
     <w:rsid w:val="00F93663"/>
     <w:rsid w:val="00F9441F"/>
     <w:rsid w:val="00FA30FB"/>
     <w:rsid w:val="00FA55F0"/>
     <w:rsid w:val="00FB7107"/>
     <w:rsid w:val="00FB7331"/>
     <w:rsid w:val="00FC312E"/>
     <w:rsid w:val="00FC5141"/>
     <w:rsid w:val="00FD583A"/>
     <w:rsid w:val="00FD7B46"/>
     <w:rsid w:val="00FE479D"/>
     <w:rsid w:val="00FF3A34"/>
     <w:rsid w:val="0576CAA3"/>
     <w:rsid w:val="0A248627"/>
     <w:rsid w:val="2B270FA7"/>
@@ -6169,51 +6243,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FED10A0-D305-40FA-A2C2-584E65E86CF8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>576</Words>
-  <Characters>3082</Characters>
+  <Words>494</Words>
+  <Characters>2630</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>146</Lines>
-  <Paragraphs>96</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Trinity College London</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3562</CharactersWithSpaces>
+  <CharactersWithSpaces>3109</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>kevinw</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>