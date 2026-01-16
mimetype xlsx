--- v0 (2025-11-15)
+++ v1 (2026-01-16)
@@ -1,1941 +1,1663 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tclbluefin.sharepoint.com/sites/UKIrelandteam/Shared Documents/Sector Support/Access Fund/Music and Drama/Application and guidance documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E11DFA71-28AD-4F4C-9728-6FF7AB507A82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="29" documentId="8_{3DA924DF-BBFB-4474-8B06-785D5435AE91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1538FD7E-1BD2-4B13-BA1C-A2E00E96CA95}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{81385114-D86F-458E-B09E-ED2E09287323}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D65ABA4E-F21E-41F0-82C7-E6AAEAD18844}"/>
   </bookViews>
   <sheets>
-    <sheet name="Template" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Completed example" sheetId="3" r:id="rId3"/>
+    <sheet name="Budget form" sheetId="3" r:id="rId1"/>
+    <sheet name="Sheet2" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...3 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B32" i="3" l="1"/>
-[...24 lines deleted...]
-  <c r="E20" i="1"/>
+  <c r="E30" i="3" l="1"/>
+  <c r="E29" i="3"/>
+  <c r="E43" i="3"/>
+  <c r="C29" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="40">
-[...28 lines deleted...]
-    <t>if yes please state expected decision date:</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="28">
+  <si>
+    <t>Expenditure</t>
+  </si>
+  <si>
+    <t>#</t>
+  </si>
+  <si>
+    <t>Other income</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
-    <t>Total other funding</t>
-[...5 lines deleted...]
-    <t>Total expenditure (automatically calculated)</t>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>Description (e)</t>
+  </si>
+  <si>
+    <t>Amount (f)</t>
+  </si>
+  <si>
+    <t>Input the total amount of this item to be covered by the Access Fund (h)</t>
+  </si>
+  <si>
+    <t>Other funding - name of funder/source of funding (i)</t>
+  </si>
+  <si>
+    <t>Amount (j)</t>
+  </si>
+  <si>
+    <t>Is this confirmed? (k)</t>
+  </si>
+  <si>
+    <t>Are you awaiting a decision? (l)</t>
+  </si>
+  <si>
+    <t>If waiting, please state expected decision date: (m)</t>
+  </si>
+  <si>
+    <t>Total expenditure (n):</t>
+  </si>
+  <si>
+    <t>Access Fund amount required (o):</t>
+  </si>
+  <si>
+    <t>Total funds from other sources, if applicable (automatically calculated from Income box below)(p)</t>
+  </si>
+  <si>
+    <t>Total (other income) (q):</t>
+  </si>
+  <si>
+    <t>Music and Drama Access Fund Budget</t>
+  </si>
+  <si>
+    <t>Centre name and number if known (a)</t>
+  </si>
+  <si>
+    <t>Applicant name (b)</t>
+  </si>
+  <si>
+    <t>Applicant email (c)</t>
+  </si>
+  <si>
+    <t>Candidate name (if applicable) (d)</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Total funds from other sources, if applicable (automatically calculated from </t>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Please note:</t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...2 lines deleted...]
-        <rFont val="Calibri"/>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
-      <t>Income</t>
+      <t xml:space="preserve">
+This should be completed, saved and uploaded within the Music &amp; Drama Access Fund application form.</t>
+    </r>
+  </si>
+  <si>
+    <t>Exam entry fee</t>
+  </si>
+  <si>
+    <t>Will this be covered by the Music &amp; Drama Access Fund? (g)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Completing this form</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
-[...1 lines deleted...]
-        <rFont val="Calibri"/>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Verdana"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> box below)</t>
+      <t xml:space="preserve">
+Please refer to the Music &amp; Drama Access Fund guidance for information about filling out the budget. You must include all items of expenditure, including those aspects that aren't covered by the fund. </t>
     </r>
-  </si>
-[...70 lines deleted...]
-    <t>Other Piano lessons - funded by candidate's school</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
-      <color indexed="8"/>
-[...13 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...7 lines deleted...]
-      <sz val="10"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="20"/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
       <color theme="0"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor rgb="FF50144B"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF3399FF"/>
+        <fgColor rgb="FF6A3C64"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor rgb="FF886485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor rgb="FFD2C6D5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-        <color indexed="64"/>
+      <left style="thin">
+        <color theme="1" tint="0.499984740745262"/>
       </left>
-      <right style="medium">
-        <color indexed="64"/>
+      <right style="thin">
+        <color theme="1" tint="0.499984740745262"/>
       </right>
-      <top style="medium">
-        <color indexed="64"/>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
       </top>
-      <bottom/>
-[...22 lines deleted...]
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color theme="1" tint="0.499984740745262"/>
       </left>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
-        <color indexed="64"/>
+        <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color theme="1" tint="0.499984740745262"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-[...12 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
-[...12 lines deleted...]
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
-[...41 lines deleted...]
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </right>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-        <color indexed="64"/>
+      <left style="thin">
+        <color auto="1"/>
       </left>
       <right/>
-      <top style="medium">
-[...3 lines deleted...]
-        <color indexed="64"/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="medium">
-        <color indexed="64"/>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
       </top>
-      <bottom style="medium">
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-        <color indexed="64"/>
+      <right style="thin">
+        <color auto="1"/>
       </right>
-      <top style="medium">
-        <color indexed="64"/>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
       </top>
-      <bottom style="medium">
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </right>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...92 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFD2C6D5"/>
+      <color rgb="FF886485"/>
+      <color rgb="FF6A3C64"/>
+      <color rgb="FF50144B"/>
+      <color rgb="FFDDD1E9"/>
+      <color rgb="FF814997"/>
+      <color rgb="FF9E75B2"/>
+      <color rgb="FFBCA3CE"/>
+      <color rgb="FF662483"/>
+      <color rgb="FFFBE0ED"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{84AB525B-3B1B-44F7-A5AD-CCBEBCCF14C2}">
-[...3 lines deleted...]
-  <dimension ref="A1:F34"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80D3D473-702D-4789-B368-BCA4D28CA7EB}">
+  <dimension ref="A1:F43"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="F9" sqref="F9"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="82.42578125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="21" customWidth="1"/>
+    <col min="2" max="2" width="40.140625" customWidth="1"/>
+    <col min="3" max="3" width="18.7109375" customWidth="1"/>
+    <col min="4" max="4" width="26.28515625" customWidth="1"/>
+    <col min="5" max="5" width="12.7109375" customWidth="1"/>
+    <col min="6" max="6" width="46.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="25.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="47" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" s="15"/>
+      <c r="B1" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="47"/>
-[...6 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="14"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="41"/>
+      <c r="B2" s="42" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" s="10"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" s="36"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="41"/>
+      <c r="B3" s="42" t="s">
+        <v>21</v>
+      </c>
+      <c r="C3" s="10"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="35"/>
+      <c r="F3" s="36"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="41"/>
+      <c r="B4" s="42" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" s="10"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="35"/>
+      <c r="F4" s="36"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="41"/>
+      <c r="B5" s="42" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="10"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="35"/>
+      <c r="F5" s="36"/>
+    </row>
+    <row r="6" spans="1:6" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="40"/>
+      <c r="B6" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" s="55"/>
+      <c r="D6" s="55"/>
+      <c r="E6" s="55"/>
+      <c r="F6" s="56"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="18"/>
+      <c r="B7" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="16"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="16"/>
+      <c r="F7" s="17"/>
+    </row>
+    <row r="8" spans="1:6" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="B8" s="44" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="45" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="44" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="47"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="48">
+        <v>1</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="2"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="12"/>
+      <c r="F9" s="12"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="48">
+        <v>2</v>
+      </c>
+      <c r="B10" s="6"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="48">
+        <v>3</v>
+      </c>
+      <c r="B11" s="6"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="8"/>
+      <c r="F11" s="9"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="48">
+        <v>4</v>
+      </c>
+      <c r="B12" s="6"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="8"/>
+      <c r="F12" s="9"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="48">
+        <v>5</v>
+      </c>
+      <c r="B13" s="6"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="8"/>
+      <c r="F13" s="9"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="48">
+        <v>6</v>
+      </c>
+      <c r="B14" s="6"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="8"/>
+      <c r="F14" s="9"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="48">
+        <v>7</v>
+      </c>
+      <c r="B15" s="6"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="8"/>
+      <c r="F15" s="9"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="48">
+        <v>8</v>
+      </c>
+      <c r="B16" s="6"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="8"/>
+      <c r="F16" s="9"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="48">
+        <v>9</v>
+      </c>
+      <c r="B17" s="6"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="8"/>
+      <c r="F17" s="9"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="48">
+        <v>10</v>
+      </c>
+      <c r="B18" s="6"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="9"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="48">
+        <v>11</v>
+      </c>
+      <c r="B19" s="6"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="9"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="48">
+        <v>12</v>
+      </c>
+      <c r="B20" s="6"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="8"/>
+      <c r="F20" s="9"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="48">
+        <v>13</v>
+      </c>
+      <c r="B21" s="6"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="9"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="48">
+        <v>14</v>
+      </c>
+      <c r="B22" s="6"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="9"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="48">
+        <v>15</v>
+      </c>
+      <c r="B23" s="6"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="8"/>
+      <c r="F23" s="9"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="48">
+        <v>16</v>
+      </c>
+      <c r="B24" s="6"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="1"/>
+      <c r="E24" s="8"/>
+      <c r="F24" s="9"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="48">
         <v>17</v>
       </c>
-      <c r="B2" s="41"/>
-[...6 lines deleted...]
-      <c r="A3" s="3" t="s">
+      <c r="B25" s="6"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="8"/>
+      <c r="F25" s="9"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="48">
         <v>18</v>
       </c>
-      <c r="B3" s="41"/>
-[...16 lines deleted...]
-      <c r="A5" s="49" t="s">
+      <c r="B26" s="6"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="9"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="48">
+        <v>19</v>
+      </c>
+      <c r="B27" s="6"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="1"/>
+      <c r="E27" s="8"/>
+      <c r="F27" s="9"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="48">
         <v>20</v>
       </c>
-      <c r="B5" s="49"/>
-[...14 lines deleted...]
-      <c r="A7" s="44" t="s">
+      <c r="B28" s="6"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="9"/>
+    </row>
+    <row r="29" spans="1:6" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="24"/>
+      <c r="B29" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C29" s="26">
+        <f>SUM(C9:C28)</f>
         <v>0</v>
       </c>
-      <c r="B7" s="45"/>
-[...9 lines deleted...]
-      <c r="B8" s="5" t="s">
+      <c r="D29" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="E29" s="28">
+        <f>SUM(E9:F28)</f>
+        <v>0</v>
+      </c>
+      <c r="F29" s="29"/>
+    </row>
+    <row r="30" spans="1:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="30"/>
+      <c r="B30" s="31"/>
+      <c r="C30" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" s="32"/>
+      <c r="E30" s="33">
+        <f>E43</f>
+        <v>0</v>
+      </c>
+      <c r="F30" s="34"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="37"/>
+      <c r="B31" s="38" t="s">
+        <v>2</v>
+      </c>
+      <c r="C31" s="38"/>
+      <c r="D31" s="38"/>
+      <c r="E31" s="38"/>
+      <c r="F31" s="39"/>
+    </row>
+    <row r="32" spans="1:6" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="C8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="5" t="s">
+      <c r="B32" s="50" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="53" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="54">
+        <v>1</v>
+      </c>
+      <c r="B33" s="3"/>
+      <c r="C33" s="4"/>
+      <c r="D33" s="5"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="7"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" s="54">
         <v>2</v>
       </c>
-      <c r="E8" s="5" t="s">
+      <c r="B34" s="3"/>
+      <c r="C34" s="4"/>
+      <c r="D34" s="5"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" s="54">
         <v>3</v>
       </c>
-      <c r="F8" s="35" t="s">
-[...11 lines deleted...]
-        <f t="shared" ref="E9:E18" si="0">SUM(B9*D9)</f>
+      <c r="B35" s="3"/>
+      <c r="C35" s="4"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="5"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="54">
+        <v>4</v>
+      </c>
+      <c r="B36" s="3"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="5"/>
+      <c r="E36" s="5"/>
+      <c r="F36" s="5"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" s="54">
+        <v>5</v>
+      </c>
+      <c r="B37" s="3"/>
+      <c r="C37" s="4"/>
+      <c r="D37" s="5"/>
+      <c r="E37" s="5"/>
+      <c r="F37" s="5"/>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="54">
+        <v>6</v>
+      </c>
+      <c r="B38" s="3"/>
+      <c r="C38" s="4"/>
+      <c r="D38" s="5"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="54">
+        <v>7</v>
+      </c>
+      <c r="B39" s="3"/>
+      <c r="C39" s="4"/>
+      <c r="D39" s="5"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" s="54">
+        <v>8</v>
+      </c>
+      <c r="B40" s="3"/>
+      <c r="C40" s="4"/>
+      <c r="D40" s="5"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="5"/>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A41" s="54">
+        <v>9</v>
+      </c>
+      <c r="B41" s="3"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="5"/>
+      <c r="E41" s="5"/>
+      <c r="F41" s="5"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="54">
+        <v>10</v>
+      </c>
+      <c r="B42" s="3"/>
+      <c r="C42" s="4"/>
+      <c r="D42" s="5"/>
+      <c r="E42" s="5"/>
+      <c r="F42" s="5"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="19"/>
+      <c r="B43" s="20"/>
+      <c r="C43" s="20"/>
+      <c r="D43" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E43" s="22">
+        <f>SUM(C33:C42)</f>
         <v>0</v>
       </c>
-      <c r="F9" s="8"/>
-[...255 lines deleted...]
-      <c r="F34" s="32"/>
+      <c r="F43" s="23"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
-[...8 lines deleted...]
-    <mergeCell ref="A5:F6"/>
+  <mergeCells count="34">
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="B31:F31"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="B1:F1"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="E2:F5"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="B6:F6"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="E10:F10"/>
   </mergeCells>
-  <dataValidations count="1">
-[...5 lines deleted...]
-  <pageSetup paperSize="9" scale="62" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <customProperties>
+    <customPr name="QAA_DRILLPATH_NODE_ID" r:id="rId1"/>
+  </customProperties>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5D28274E-D192-4980-A73F-70EC98D61B4D}">
+          <x14:formula1>
+            <xm:f>Sheet2!$A$1:$A$2</xm:f>
+          </x14:formula1>
+          <xm:sqref>D9:D28 D33:E42</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{153FED15-DABF-477A-8640-BF8579D7A693}">
-  <dimension ref="A1:A2"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5FBD9A4-4B80-4177-A9C2-71DD921B724B}">
+  <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F17" sqref="F17"/>
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+      <c r="B1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>4</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...468 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <customProperties>
+    <customPr name="QAA_DRILLPATH_NODE_ID" r:id="rId1"/>
+  </customProperties>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0db2115f-a424-45b3-91d1-505fee2d4b90" xmlns:ns3="900d71be-56e1-430a-bf01-b9540566e602" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="24a2f9db11256fa7ffc4cb350973fa55" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8EC46543F17674DB7BAEB006C683275" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1507067973a2fd16952049bc2cfafb4a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0db2115f-a424-45b3-91d1-505fee2d4b90" xmlns:ns3="900d71be-56e1-430a-bf01-b9540566e602" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43c4ffbd4ff5ff8d2108c3e7ae6ecbfe" ns2:_="" ns3:_="">
     <xsd:import namespace="0db2115f-a424-45b3-91d1-505fee2d4b90"/>
     <xsd:import namespace="900d71be-56e1-430a-bf01-b9540566e602"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -2096,116 +1818,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<WorkbookDrillPathInfo xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.infor.com/qaa/DrillPath">
+  <CurrentDrillPath>
+    <DrillPathNode AnalysisType="NONE" Id="889aed4a-a1fc-489d-adb2-3b2e7a07445b" Name="budget forms" HandleSummaryReportOnly="false" Source="">
+      <SuppressZero>false</SuppressZero>
+      <Children/>
+    </DrillPathNode>
+  </CurrentDrillPath>
+  <SavedDrillPath/>
+</WorkbookDrillPathInfo>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="900d71be-56e1-430a-bf01-b9540566e602" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0db2115f-a424-45b3-91d1-505fee2d4b90">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BF8D827-0837-4053-B04F-9190A43BAAFB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01F0D62D-8105-43DF-B76F-79A771FC0BF3}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCDA61A4-A0F1-489C-B1F2-97B907F25237}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{926F8F3C-C556-4F79-80CC-12541895B211}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1DC0434-6FB4-435D-AF3C-7E5954C02BC7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://www.infor.com/qaa/DrillPath"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF76E077-E831-4429-B5F9-4FAF26B0BE22}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="723630f3-425c-400d-8afb-94aa787fce2e"/>
+    <ds:schemaRef ds:uri="4f066897-0fcd-43c2-a559-5c2b505b14db"/>
+    <ds:schemaRef ds:uri="900d71be-56e1-430a-bf01-b9540566e602"/>
+    <ds:schemaRef ds:uri="0db2115f-a424-45b3-91d1-505fee2d4b90"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
-[...5 lines deleted...]
-      <vt:lpstr>YesNo</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Budget form</vt:lpstr>
+      <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Trinity College London</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>catherinep</dc:creator>
+  <dc:creator>Luke Parker</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D8EC46543F17674DB7BAEB006C683275</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>